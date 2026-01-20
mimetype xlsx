--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -12,2080 +12,2572 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="761">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="933">
   <si>
     <t>Store Number</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Longitude and Latitude</t>
   </si>
   <si>
     <t>Monday - Friday Hours</t>
   </si>
   <si>
     <t>Saturday Hours</t>
   </si>
   <si>
     <t>Sunday Hours</t>
   </si>
   <si>
+    <t>STM-145</t>
+  </si>
+  <si>
     <t>285 Sand Mine Rd.</t>
   </si>
   <si>
     <t>DeFuniak Springs</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>stm145@stmtires.com</t>
   </si>
   <si>
     <t>-86.1101913, 30.7210293</t>
   </si>
   <si>
     <t>7am-5pm</t>
   </si>
   <si>
     <t>7am-12pm</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
+    <t>STM-162</t>
+  </si>
+  <si>
     <t>6655 Corners Industrial Ct</t>
   </si>
   <si>
     <t>Norcross</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>stm162@stmtires.com</t>
   </si>
   <si>
     <t>-84.209305, 33.940533</t>
   </si>
   <si>
     <t>8am-12pm</t>
   </si>
   <si>
+    <t>STM-160</t>
+  </si>
+  <si>
     <t>6200 Frontage Rd.</t>
   </si>
   <si>
     <t>Forest Park</t>
   </si>
   <si>
     <t>stm160@stmtires.com</t>
   </si>
   <si>
     <t>-84.356418, 33.619339</t>
   </si>
   <si>
     <t>7:30am-5pm</t>
   </si>
   <si>
+    <t>STM-144</t>
+  </si>
+  <si>
     <t>7528 Penny Rd.</t>
   </si>
   <si>
     <t>Panama City</t>
   </si>
   <si>
     <t>stm144@stmtires.com</t>
   </si>
   <si>
     <t>-85.668343, 30.175213</t>
   </si>
   <si>
+    <t>STM-163</t>
+  </si>
+  <si>
     <t>75 Pinyon Rd.</t>
   </si>
   <si>
     <t>Covington</t>
   </si>
   <si>
     <t>stm163@stmtires.com</t>
   </si>
   <si>
     <t>-83.848076, 33.602699</t>
   </si>
   <si>
+    <t>STM-165</t>
+  </si>
+  <si>
     <t>4600 Fulton Industrial Blvd. SW</t>
   </si>
   <si>
     <t>Atlanta</t>
   </si>
   <si>
     <t>stm165@stmtires.com</t>
   </si>
   <si>
     <t>-84.389663, 33.754487</t>
   </si>
   <si>
+    <t>STM-249</t>
+  </si>
+  <si>
     <t>5121 Lamar Avenue</t>
   </si>
   <si>
     <t>Memphis</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>stm249@stmtires.com</t>
   </si>
   <si>
     <t>-90.05235, 35.142852</t>
   </si>
   <si>
+    <t>STM-265</t>
+  </si>
+  <si>
     <t>5480 N Frontage Rd.</t>
   </si>
   <si>
     <t>Meridian</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>stm265@stmtires.com</t>
   </si>
   <si>
     <t>-88.713087, 32.378082</t>
   </si>
   <si>
+    <t>STM-266</t>
+  </si>
+  <si>
     <t>69801 Hwy 82 W</t>
   </si>
   <si>
     <t>Greenwood</t>
   </si>
   <si>
     <t>stm266@stmtires.com</t>
   </si>
   <si>
     <t>-90.192779, 33.521711</t>
   </si>
   <si>
+    <t>STM-270</t>
+  </si>
+  <si>
     <t>103 Air Park Rd.</t>
   </si>
   <si>
     <t>Tupelo</t>
   </si>
   <si>
     <t>stm270@stmtires.com</t>
   </si>
   <si>
     <t>-88.730215, 34.264733</t>
   </si>
   <si>
+    <t>STM-303</t>
+  </si>
+  <si>
     <t>5581 Hwy 311</t>
   </si>
   <si>
     <t>Houma</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>stm303@stmtires.com</t>
   </si>
   <si>
     <t>-90.704441, 29.587375</t>
   </si>
   <si>
+    <t>STM-304</t>
+  </si>
+  <si>
     <t>1215 W Morris Ave.</t>
   </si>
   <si>
     <t>Hammond</t>
   </si>
   <si>
     <t>stm304@stmtires.com</t>
   </si>
   <si>
     <t>-90.463219, 30.506698</t>
   </si>
   <si>
+    <t>STM-306</t>
+  </si>
+  <si>
     <t>10050 Industriplex Ave.</t>
   </si>
   <si>
     <t>Gonzales</t>
   </si>
   <si>
     <t>stm306@stmtires.com</t>
   </si>
   <si>
     <t>-90.920591, 30.216288</t>
   </si>
   <si>
+    <t>STM-305</t>
+  </si>
+  <si>
     <t>14215 Florida Blvd.</t>
   </si>
   <si>
     <t>Baton Rouge</t>
   </si>
   <si>
     <t>stm305@stmtires.com</t>
   </si>
   <si>
     <t>-91.18823, 30.449311</t>
   </si>
   <si>
+    <t>STM-307</t>
+  </si>
+  <si>
     <t>213 Edwards Ave.</t>
   </si>
   <si>
     <t>New Orleans</t>
   </si>
   <si>
     <t>stm307@stmtires.com</t>
   </si>
   <si>
     <t>-90.025126, 30.042487</t>
   </si>
   <si>
+    <t>STM-315</t>
+  </si>
+  <si>
     <t>102 Dennis Ave</t>
   </si>
   <si>
     <t>Sulphur</t>
   </si>
   <si>
     <t>stm315@stmtires.com</t>
   </si>
   <si>
     <t>-93.359393, 30.231081</t>
   </si>
   <si>
+    <t>STM-324</t>
+  </si>
+  <si>
     <t>7320 Greenwood Rd.</t>
   </si>
   <si>
     <t>Shreveport</t>
   </si>
   <si>
     <t>stm324@stmtires.com</t>
   </si>
   <si>
     <t>-93.747757, 32.51424</t>
   </si>
   <si>
+    <t>STM-318</t>
+  </si>
+  <si>
     <t>5007 Hwy 84 W</t>
   </si>
   <si>
     <t>Vidalia</t>
   </si>
   <si>
     <t>stm318@stmtires.com</t>
   </si>
   <si>
     <t>-91.546425, 31.408218</t>
   </si>
   <si>
+    <t>STM-320</t>
+  </si>
+  <si>
     <t>308 Well Road</t>
   </si>
   <si>
     <t>West Monroe</t>
   </si>
   <si>
     <t>stm320@stmtires.com</t>
   </si>
   <si>
     <t>-92.146871, 32.512141</t>
   </si>
   <si>
+    <t>STM-330</t>
+  </si>
+  <si>
     <t>3700 N Service Rd</t>
   </si>
   <si>
     <t>West Memphis</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>stm330@stmtires.com</t>
   </si>
   <si>
     <t>-90.184794, 35.146477</t>
   </si>
   <si>
+    <t>STM-333</t>
+  </si>
+  <si>
     <t>2009 E Beebe-Capps Expy</t>
   </si>
   <si>
     <t>Searcy</t>
   </si>
   <si>
     <t>stm333@stmtires.com</t>
   </si>
   <si>
     <t>-91.736445, 35.243772</t>
   </si>
   <si>
+    <t>STM-332</t>
+  </si>
+  <si>
     <t>1100 N St. Louis</t>
   </si>
   <si>
     <t>Batesville</t>
   </si>
   <si>
     <t>stm332@stmtires.com</t>
   </si>
   <si>
     <t>-91.623677, 35.769323</t>
   </si>
   <si>
+    <t>STM-335</t>
+  </si>
+  <si>
     <t>12100 Valentine Rd.</t>
   </si>
   <si>
     <t>Little Rock</t>
   </si>
   <si>
     <t>stm335@stmtires.com</t>
   </si>
   <si>
     <t>-92.2744904, 34.7486496</t>
   </si>
   <si>
+    <t>STM-337</t>
+  </si>
+  <si>
     <t>2342 E Grand Ave.</t>
   </si>
   <si>
     <t>Hot Springs</t>
   </si>
   <si>
     <t>stm337@stmtires.com</t>
   </si>
   <si>
     <t>-93.0522232, 34.5094414</t>
   </si>
   <si>
+    <t>STM-338</t>
+  </si>
+  <si>
     <t>1515 W 3rd St.</t>
   </si>
   <si>
     <t>Hope</t>
   </si>
   <si>
     <t>stm338@stmtires.com</t>
   </si>
   <si>
     <t>-93.589223, 33.667599</t>
   </si>
   <si>
+    <t>STM-350</t>
+  </si>
+  <si>
     <t>40 N 129th E Ave.</t>
   </si>
   <si>
     <t>Tulsa</t>
   </si>
   <si>
     <t>OK</t>
   </si>
   <si>
     <t>stm350@stmtires.com</t>
   </si>
   <si>
     <t>-95.975663, 36.133354</t>
   </si>
   <si>
+    <t>STM-400</t>
+  </si>
+  <si>
     <t>816 W Mockingbird Ln.</t>
   </si>
   <si>
     <t>Dallas</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>stm400@stmtires.com</t>
   </si>
   <si>
     <t>-96.797111, 32.781078</t>
   </si>
   <si>
     <t>8am-5pm</t>
   </si>
   <si>
+    <t>STM-403</t>
+  </si>
+  <si>
     <t>610 W Mockingbird Ln.</t>
   </si>
   <si>
     <t>stm403@stmtires.com</t>
   </si>
   <si>
+    <t>STM-405</t>
+  </si>
+  <si>
     <t>35035 LBJ Fwy</t>
   </si>
   <si>
     <t>stm405@stmtires.com</t>
   </si>
   <si>
+    <t>STM-420</t>
+  </si>
+  <si>
     <t>3736 West Loop 281</t>
   </si>
   <si>
     <t>Longview</t>
   </si>
   <si>
     <t>stm420@stmtires.com</t>
   </si>
   <si>
     <t>-94.710203, 32.50399</t>
   </si>
   <si>
+    <t>STM-422</t>
+  </si>
+  <si>
     <t>516 E NE Loop 323</t>
   </si>
   <si>
     <t>Tyler</t>
   </si>
   <si>
     <t>stm422@stmtires.com</t>
   </si>
   <si>
     <t>-95.300644, 32.34663</t>
   </si>
   <si>
+    <t>STM-423</t>
+  </si>
+  <si>
     <t>5302 W 7th St.</t>
   </si>
   <si>
     <t>Texarkana</t>
   </si>
   <si>
     <t>stm423@stmtires.com</t>
   </si>
   <si>
     <t>-94.068961, 33.441059</t>
   </si>
   <si>
+    <t>STM-450</t>
+  </si>
+  <si>
     <t>9252 Wallisville Rd.</t>
   </si>
   <si>
     <t>Houston</t>
   </si>
   <si>
     <t>stm450@stmtires.com</t>
   </si>
   <si>
     <t>-95.362534, 29.759956</t>
   </si>
   <si>
+    <t>STM-453</t>
+  </si>
+  <si>
     <t>10941 W Fairmont Pkwy</t>
   </si>
   <si>
     <t>La Porte</t>
   </si>
   <si>
     <t>stm453@stmtires.com</t>
   </si>
   <si>
     <t>-95.04532, 29.66504</t>
   </si>
   <si>
+    <t>STM-458</t>
+  </si>
+  <si>
     <t>1555 W Cardinal Dr.</t>
   </si>
   <si>
     <t>Beaumont</t>
   </si>
   <si>
     <t>stm458@stmtires.com</t>
   </si>
   <si>
     <t>-94.101168, 30.086167</t>
   </si>
   <si>
+    <t>STM-456</t>
+  </si>
+  <si>
     <t>11120 TX-75</t>
   </si>
   <si>
     <t>Conroe</t>
   </si>
   <si>
     <t>stm456@stmtires.com</t>
   </si>
   <si>
     <t>-95.4559402, 30.31217</t>
   </si>
   <si>
+    <t>STM-459</t>
+  </si>
+  <si>
     <t>1363 N Earl Rudder Freeway</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>stm459@stmtires.com</t>
   </si>
   <si>
     <t>-96.371986, 30.688526</t>
   </si>
   <si>
+    <t>STM-490</t>
+  </si>
+  <si>
     <t>4113 E Slaton Hwy</t>
   </si>
   <si>
     <t>Lubbock</t>
   </si>
   <si>
     <t>stm490@stmtires.com</t>
   </si>
   <si>
     <t>-101.855251, 33.577811</t>
   </si>
   <si>
+    <t>STM-491</t>
+  </si>
+  <si>
     <t>6294 E I-40</t>
   </si>
   <si>
     <t>Amarillo</t>
   </si>
   <si>
     <t>stm491@stmtires.com</t>
   </si>
   <si>
     <t>-101.835344, 35.200593</t>
   </si>
   <si>
+    <t>STM-169</t>
+  </si>
+  <si>
     <t>2583 Upper Big Springs Rd</t>
   </si>
   <si>
     <t>LaGrange</t>
   </si>
   <si>
     <t>stm169@stmtires.com</t>
   </si>
   <si>
     <t>-85.031143, 33.038727</t>
   </si>
   <si>
+    <t>STM-204</t>
+  </si>
+  <si>
     <t>3803 Jack Springs Rd</t>
   </si>
   <si>
     <t>Atmore</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>stm204@stmtires.com</t>
   </si>
   <si>
     <t>-87.49377, 31.019722</t>
   </si>
   <si>
+    <t>STM-203</t>
+  </si>
+  <si>
     <t>1400 East I65 Service Rd North</t>
   </si>
   <si>
     <t>Mobile</t>
   </si>
   <si>
     <t>stm203@stmtires.com</t>
   </si>
   <si>
     <t>-88.050634, 30.688781</t>
   </si>
   <si>
     <t>7:30am-12pm</t>
   </si>
   <si>
+    <t>STM-142</t>
+  </si>
+  <si>
     <t>7800 Pittman Ave</t>
   </si>
   <si>
     <t>Pensacola</t>
   </si>
   <si>
     <t>stm142@stmtires.com</t>
   </si>
   <si>
     <t>-87.212261, 30.473413</t>
   </si>
   <si>
+    <t>STM-207</t>
+  </si>
+  <si>
     <t>2514 Midpark Rd</t>
   </si>
   <si>
     <t>Montgomery</t>
   </si>
   <si>
     <t>stm207@stmtires.com</t>
   </si>
   <si>
     <t>-86.299602, 32.375409</t>
   </si>
   <si>
+    <t>STM-211</t>
+  </si>
+  <si>
     <t>3340 Vanderbilt Rd</t>
   </si>
   <si>
     <t>Birmingham</t>
   </si>
   <si>
     <t>stm211@stmtires.com</t>
   </si>
   <si>
     <t>-86.814743, 33.51952</t>
   </si>
   <si>
+    <t>STM-209</t>
+  </si>
+  <si>
     <t>5400 Old Montgomery Hwy</t>
   </si>
   <si>
     <t>Tuscaloosa</t>
   </si>
   <si>
     <t>stm209@stmtires.com</t>
   </si>
   <si>
     <t>-87.527245, 33.206307</t>
   </si>
   <si>
+    <t>STM-216</t>
+  </si>
+  <si>
     <t>3715 Industrial Parkway</t>
   </si>
   <si>
     <t>Jasper</t>
   </si>
   <si>
     <t>stm216@stmtires.com</t>
   </si>
   <si>
     <t>-87.279831, 33.832303</t>
   </si>
   <si>
+    <t>STM-250</t>
+  </si>
+  <si>
     <t>12045 Shriners Blvd.</t>
   </si>
   <si>
     <t>Biloxi</t>
   </si>
   <si>
     <t>stm250@stmtires.com</t>
   </si>
   <si>
     <t>-88.933283, 30.408026</t>
   </si>
   <si>
     <t>7am-5:30pm</t>
   </si>
   <si>
+    <t>STM-255</t>
+  </si>
+  <si>
     <t>226 Industrial Park Rd.</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
     <t>stm255@stmtires.com</t>
   </si>
   <si>
     <t>-89.801872, 31.218188</t>
   </si>
   <si>
+    <t>STM-256</t>
+  </si>
+  <si>
     <t>2926 Ellisville Blvd.</t>
   </si>
   <si>
     <t>Laurel</t>
   </si>
   <si>
     <t>stm256@stmtires.com</t>
   </si>
   <si>
     <t>-89.146756, 31.694497</t>
   </si>
   <si>
+    <t>STM-260</t>
+  </si>
+  <si>
     <t>428 Hwy 49 S</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>stm260@stmtires.com</t>
   </si>
   <si>
     <t>-90.1804886, 32.2986908</t>
   </si>
   <si>
+    <t>STM-310</t>
+  </si>
+  <si>
     <t>2209 W Willow St.</t>
   </si>
   <si>
     <t>Lafayette</t>
   </si>
   <si>
     <t>stm310@stmtires.com</t>
   </si>
   <si>
     <t>-92.0170517, 30.2203197</t>
   </si>
   <si>
+    <t>STM-339</t>
+  </si>
+  <si>
     <t>1802 Hampton Road</t>
   </si>
   <si>
     <t>stm339@stmtires.com</t>
   </si>
   <si>
+    <t>STM-345</t>
+  </si>
+  <si>
     <t>9700 Hwy 271 S</t>
   </si>
   <si>
     <t>Ft. Smith</t>
   </si>
   <si>
     <t>stm345@stmtires.com</t>
   </si>
   <si>
     <t>-94.4213028, 35.3846016</t>
   </si>
   <si>
+    <t>STM-349</t>
+  </si>
+  <si>
     <t>333 E Henri De Tonti Blvd.</t>
   </si>
   <si>
     <t>Springdale</t>
   </si>
   <si>
     <t>stm349@stmtires.com</t>
   </si>
   <si>
     <t>-94.143371, 36.178213</t>
   </si>
   <si>
+    <t>STM-355</t>
+  </si>
+  <si>
     <t>3409 S Van Buren St</t>
   </si>
   <si>
     <t>Enid</t>
   </si>
   <si>
     <t>stm355@stmtires.com</t>
   </si>
   <si>
     <t>-97.872, 36.405217</t>
   </si>
   <si>
+    <t>STM-360</t>
+  </si>
+  <si>
     <t>605 N Meridian Ave.</t>
   </si>
   <si>
     <t>Oklahoma City</t>
   </si>
   <si>
     <t>stm360@stmtires.com</t>
   </si>
   <si>
     <t>-97.459141, 35.493138</t>
   </si>
   <si>
+    <t>STM-410</t>
+  </si>
+  <si>
     <t>1833 Mony St.</t>
   </si>
   <si>
     <t>Ft. Worth</t>
   </si>
   <si>
     <t>stm410@stmtires.com</t>
   </si>
   <si>
     <t>-97.3308563, 32.7509499</t>
   </si>
   <si>
+    <t>STM-412</t>
+  </si>
+  <si>
     <t>3187 Texas 101</t>
   </si>
   <si>
     <t>Bridgeport</t>
   </si>
   <si>
     <t>stm412@stmtires.com</t>
   </si>
   <si>
     <t>-97.697401, 33.174802</t>
   </si>
   <si>
+    <t>STM-413</t>
+  </si>
+  <si>
     <t>3728 North Grand Ave.</t>
   </si>
   <si>
     <t>Gainesville</t>
   </si>
   <si>
     <t>stm413@stmtires.com</t>
   </si>
   <si>
     <t>-97.155181, 33.636745</t>
   </si>
   <si>
+    <t>STM-414</t>
+  </si>
+  <si>
     <t>810 E Scott Ave.</t>
   </si>
   <si>
     <t>Wichita Falls</t>
   </si>
   <si>
     <t>stm414@stmtires.com</t>
   </si>
   <si>
     <t>-98.503709, 33.901347</t>
   </si>
   <si>
+    <t>STM-417</t>
+  </si>
+  <si>
     <t>2725 W Interstate 30</t>
   </si>
   <si>
     <t>Greenville</t>
   </si>
   <si>
     <t>stm417@stmtires.com</t>
   </si>
   <si>
     <t>-96.09981, 33.116204</t>
   </si>
   <si>
+    <t>STM-419</t>
+  </si>
+  <si>
     <t>3259 Greig Dr.</t>
   </si>
   <si>
     <t>Waco</t>
   </si>
   <si>
     <t>stm419@stmtires.com</t>
   </si>
   <si>
     <t>-97.1178, 31.551928</t>
   </si>
   <si>
+    <t>STM-424</t>
+  </si>
+  <si>
     <t>7150 North Interstate 35</t>
   </si>
   <si>
     <t>Georgetown</t>
   </si>
   <si>
     <t>stm424@stmtires.com</t>
   </si>
   <si>
     <t>-97.634769, 30.74691</t>
   </si>
   <si>
+    <t>STM-465</t>
+  </si>
+  <si>
     <t>9665 US-290</t>
   </si>
   <si>
     <t>Austin</t>
   </si>
   <si>
     <t>stm465@stmtires.com</t>
   </si>
   <si>
     <t>-97.745209, 30.268735</t>
   </si>
   <si>
+    <t>STM-471</t>
+  </si>
+  <si>
     <t>6081 I-10 E</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
     <t>stm471@stmtires.com</t>
   </si>
   <si>
     <t>-98.493722, 29.425037</t>
   </si>
   <si>
     <t>7:30am-6pm</t>
   </si>
   <si>
+    <t>STM-478</t>
+  </si>
+  <si>
     <t>625 FM 1917</t>
   </si>
   <si>
     <t>Carrizo Springs</t>
   </si>
   <si>
     <t>stm478@stmtires.com</t>
   </si>
   <si>
     <t>-99.726018, 28.507128</t>
   </si>
   <si>
+    <t>STM-480</t>
+  </si>
+  <si>
     <t>7133 I-37</t>
   </si>
   <si>
     <t>Corpus Christi</t>
   </si>
   <si>
     <t>stm480@stmtires.com</t>
   </si>
   <si>
     <t>-97.391431, 27.801643</t>
   </si>
   <si>
+    <t>STM-485</t>
+  </si>
+  <si>
     <t>1101A Beltway Pkwy</t>
   </si>
   <si>
     <t>Laredo</t>
   </si>
   <si>
     <t>stm485@stmtires.com</t>
   </si>
   <si>
     <t>-99.491088, 27.555944</t>
   </si>
   <si>
+    <t>STM-492</t>
+  </si>
+  <si>
     <t>6629 I-20</t>
   </si>
   <si>
     <t>Tye</t>
   </si>
   <si>
     <t>stm492@stmtires.com</t>
   </si>
   <si>
     <t>-99.7414169, 32.4491692</t>
   </si>
   <si>
+    <t>STM-488</t>
+  </si>
+  <si>
     <t>3314 S Exp 83</t>
   </si>
   <si>
     <t>Harlingen</t>
   </si>
   <si>
     <t>stm488@stmtires.com</t>
   </si>
   <si>
     <t>-97.690143, 26.190671</t>
   </si>
   <si>
+    <t>STM-486</t>
+  </si>
+  <si>
     <t>345 W Exp 83</t>
   </si>
   <si>
     <t>Pharr</t>
   </si>
   <si>
     <t>stm486@stmtires.com</t>
   </si>
   <si>
     <t>-98.127765, 26.186698</t>
   </si>
   <si>
+    <t>STM-493</t>
+  </si>
+  <si>
     <t>5669 Christoval Rd.</t>
   </si>
   <si>
     <t>San Angelo</t>
   </si>
   <si>
     <t>stm493@stmtires.com</t>
   </si>
   <si>
     <t>-100.444404, 31.464204</t>
   </si>
   <si>
+    <t>STM-495</t>
+  </si>
+  <si>
     <t>12618 W I-20 E</t>
   </si>
   <si>
     <t>Odessa</t>
   </si>
   <si>
     <t>stm495@stmtires.com</t>
   </si>
   <si>
     <t>-102.377784, 31.860154</t>
   </si>
   <si>
+    <t>STM-610</t>
+  </si>
+  <si>
     <t>4820 West Buckeye Rd.</t>
   </si>
   <si>
     <t>Phoenix</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>stm610@stmtires.com</t>
   </si>
   <si>
     <t>-112.073821, 33.448263</t>
   </si>
   <si>
+    <t>STM-750</t>
+  </si>
+  <si>
     <t>3420 Losee Rd.</t>
   </si>
   <si>
     <t>Las Vegas</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>stm750@stmtires.com</t>
   </si>
   <si>
     <t>-115.1399689, 36.1719093</t>
   </si>
   <si>
     <t>6am-5pm</t>
   </si>
   <si>
     <t>9am-12pm</t>
   </si>
   <si>
+    <t>STM-462</t>
+  </si>
+  <si>
     <t>1150 D Katy Fort Bend Rd</t>
   </si>
   <si>
     <t>Katy</t>
   </si>
   <si>
     <t>stm462@stmtires.com</t>
   </si>
   <si>
     <t>-95.817464, 29.801613</t>
   </si>
   <si>
+    <t>STM-252</t>
+  </si>
+  <si>
     <t>6895 US Hwy 49</t>
   </si>
   <si>
     <t>Hattiesburg</t>
   </si>
   <si>
     <t>stm252@stmtires.com</t>
   </si>
   <si>
     <t>-89.312312, 31.303588</t>
   </si>
   <si>
+    <t>STM-225</t>
+  </si>
+  <si>
     <t>2625 Hwy 20</t>
   </si>
   <si>
     <t>Tuscumbia</t>
   </si>
   <si>
     <t>stm225@stmtires.com</t>
   </si>
   <si>
     <t>-87.749232, 34.66604</t>
   </si>
   <si>
+    <t>STM-242</t>
+  </si>
+  <si>
     <t>3515 Hermitage Industrial Dr.</t>
   </si>
   <si>
     <t>Hermitage</t>
   </si>
   <si>
     <t>stm242@stmtires.com</t>
   </si>
   <si>
     <t>-86.583994, 36.153572</t>
   </si>
   <si>
+    <t>STM-158</t>
+  </si>
+  <si>
     <t>2001 Industrial Pkwy</t>
   </si>
   <si>
     <t>McDonough</t>
   </si>
   <si>
     <t>stm158@stmtires.com</t>
   </si>
   <si>
     <t>-84.147232, 33.447</t>
   </si>
   <si>
+    <t>STM-477</t>
+  </si>
+  <si>
     <t>17051 Interstate Hwy 35 N</t>
   </si>
   <si>
     <t>Schertz</t>
   </si>
   <si>
     <t>stm477@stmtires.com</t>
   </si>
   <si>
     <t>-98.277839, 29.578978</t>
   </si>
   <si>
+    <t>STM-479</t>
+  </si>
+  <si>
     <t>2775 W Front St</t>
   </si>
   <si>
     <t>Alice</t>
   </si>
   <si>
     <t>stm479@stmtires.com</t>
   </si>
   <si>
     <t>-98.064694, 27.750906</t>
   </si>
   <si>
+    <t>STM-466</t>
+  </si>
+  <si>
     <t>17901 IH 35</t>
   </si>
   <si>
     <t>Buda</t>
   </si>
   <si>
     <t>stm466@stmtires.com</t>
   </si>
   <si>
     <t>-97.989275, 30.108361</t>
   </si>
   <si>
+    <t>STM-482</t>
+  </si>
+  <si>
     <t>7605 US Hwy 59 N</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>stm482@stmtires.com</t>
   </si>
   <si>
     <t>-97.004316, 28.812828</t>
   </si>
   <si>
+    <t>STM-487</t>
+  </si>
+  <si>
     <t>2411 E Sugar Cane Dr</t>
   </si>
   <si>
     <t>Weslaco</t>
   </si>
   <si>
     <t>stm487@stmtires.com</t>
   </si>
   <si>
     <t>-97.990677, 26.159548</t>
   </si>
   <si>
+    <t>STM-497</t>
+  </si>
+  <si>
     <t>178 S Frontage Rd</t>
   </si>
   <si>
     <t>Pecos</t>
   </si>
   <si>
     <t>stm497@stmtires.com</t>
   </si>
   <si>
     <t>-103.57906, 31.446678</t>
   </si>
   <si>
+    <t>STM-498</t>
+  </si>
+  <si>
     <t>998 Peyton Rd.</t>
   </si>
   <si>
     <t>El Paso</t>
   </si>
   <si>
     <t>stm498@stmtires.com</t>
   </si>
   <si>
     <t>-106.490969, 31.76321</t>
   </si>
   <si>
+    <t>STM-520</t>
+  </si>
+  <si>
     <t>4515 Boyd Dr.</t>
   </si>
   <si>
     <t>Carlsbad</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>stm520@stmtires.com</t>
   </si>
   <si>
     <t>-104.237543, 32.411345</t>
   </si>
   <si>
+    <t>STM-620</t>
+  </si>
+  <si>
     <t>2000 West Kaibab Ln.</t>
   </si>
   <si>
     <t>Flagstaff</t>
   </si>
   <si>
     <t>stm620@stmtires.com</t>
   </si>
   <si>
     <t>-111.65132, 35.198177</t>
   </si>
   <si>
-    <t>1551 Wilcox Dr.</t>
+    <t>STM-226</t>
+  </si>
+  <si>
+    <t>2040 Tri-Cities Crossing</t>
   </si>
   <si>
     <t>Kingsport</t>
   </si>
   <si>
     <t>stm226@stmtires.com</t>
   </si>
   <si>
     <t>-82.546724, 36.539499</t>
   </si>
   <si>
+    <t>STM-230</t>
+  </si>
+  <si>
     <t>6110 Rutledge Pike</t>
   </si>
   <si>
     <t>Knoxville</t>
   </si>
   <si>
     <t>stm230@stmtires.com</t>
   </si>
   <si>
     <t>-83.924377, 35.966572</t>
   </si>
   <si>
+    <t>STM-361</t>
+  </si>
+  <si>
     <t>2701 S Council Rd.</t>
   </si>
   <si>
     <t>stm361@stmtires.com</t>
   </si>
   <si>
+    <t>STM-157</t>
+  </si>
+  <si>
     <t>1400 Candler Rd.</t>
   </si>
   <si>
     <t>stm157@stmtires.com</t>
   </si>
   <si>
     <t>-83.829688, 34.294038</t>
   </si>
   <si>
+    <t>STM-613</t>
+  </si>
+  <si>
     <t>2815 N 32nd Ave.</t>
   </si>
   <si>
     <t>stm613@stmtires.com</t>
   </si>
   <si>
+    <t>STM-602</t>
+  </si>
+  <si>
     <t>4545 East Valencia Road</t>
   </si>
   <si>
     <t>Tucson</t>
   </si>
   <si>
     <t>stm602@stmtires.com</t>
   </si>
   <si>
     <t>-110.943959, 32.227832</t>
   </si>
   <si>
+    <t>STM-502</t>
+  </si>
+  <si>
     <t>8301 Daytona Rd NW</t>
   </si>
   <si>
     <t>Albuquerque</t>
   </si>
   <si>
     <t>stm502@stmtires.com</t>
   </si>
   <si>
     <t>-106.7406657, 35.087407</t>
   </si>
   <si>
+    <t>STM-626</t>
+  </si>
+  <si>
     <t>288 E Riverside Dr.</t>
   </si>
   <si>
     <t>St. George</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>stm626@stmtires.com</t>
   </si>
   <si>
     <t>-113.5832977, 37.1090698</t>
   </si>
   <si>
+    <t>STM-243</t>
+  </si>
+  <si>
     <t>118 Livestock Rd</t>
   </si>
   <si>
     <t>Dickson</t>
   </si>
   <si>
     <t>stm243@stmtires.com</t>
   </si>
   <si>
     <t>-87.368556, 36.064722</t>
   </si>
   <si>
+    <t>STM-625</t>
+  </si>
+  <si>
     <t>3155 S Avenue B</t>
   </si>
   <si>
     <t>Yuma</t>
   </si>
   <si>
     <t>stm625@stmtires.com</t>
   </si>
   <si>
     <t>-114.624644, 32.698558</t>
   </si>
   <si>
+    <t>STM-609</t>
+  </si>
+  <si>
     <t>1564 North Alma School Rd.</t>
   </si>
   <si>
     <t>Mesa</t>
   </si>
   <si>
     <t>stm609@stmtires.com</t>
   </si>
   <si>
     <t>-111.822979, 33.41513</t>
   </si>
   <si>
+    <t>STM-752</t>
+  </si>
+  <si>
     <t>370 Industrial Loop</t>
   </si>
   <si>
     <t>Hawthorne</t>
   </si>
   <si>
     <t>stm752@stmtires.com</t>
   </si>
   <si>
     <t>-118.690644, 38.576848</t>
   </si>
   <si>
+    <t>STM-624</t>
+  </si>
+  <si>
     <t>3525 N Bank St</t>
   </si>
   <si>
     <t>Kingman</t>
   </si>
   <si>
     <t>stm624@stmtires.com</t>
   </si>
   <si>
     <t>-114.0554276, 35.1888199</t>
   </si>
   <si>
+    <t>STM-311</t>
+  </si>
+  <si>
     <t>307 Ambassador Caffery Pkwy</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>stm311@stmtires.com</t>
   </si>
   <si>
     <t>-92.100669, 30.273</t>
   </si>
   <si>
+    <t>STM-240</t>
+  </si>
+  <si>
     <t>511 New Paul Road</t>
   </si>
   <si>
     <t>La Vergne</t>
   </si>
   <si>
     <t>stm240@stmtires.com</t>
   </si>
   <si>
     <t>-86.558195, 36.015648</t>
   </si>
   <si>
+    <t>STM-705</t>
+  </si>
+  <si>
     <t>9225 Stellar Court</t>
   </si>
   <si>
     <t>Corona</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>stm705@stmtires.com</t>
   </si>
   <si>
     <t>-117.567561, 33.875542</t>
   </si>
   <si>
+    <t>STM-707</t>
+  </si>
+  <si>
     <t>13748 Valley Blvd</t>
   </si>
   <si>
     <t>City of Industry</t>
   </si>
   <si>
     <t>stm707@stmtires.com</t>
   </si>
   <si>
     <t>-117.9566116, 34.0233612</t>
   </si>
   <si>
+    <t>STM-709</t>
+  </si>
+  <si>
     <t>18203 Mount Baldy Circle</t>
   </si>
   <si>
     <t>Fountain Valley</t>
   </si>
   <si>
     <t>stm709@stmtires.com</t>
   </si>
   <si>
     <t>-117.951245, 33.702958</t>
   </si>
   <si>
     <t>7:30am-11:30am</t>
   </si>
   <si>
+    <t>STM-710</t>
+  </si>
+  <si>
     <t>935 East Artesia Blvd.</t>
   </si>
   <si>
     <t>Carson</t>
   </si>
   <si>
     <t>stm710@stmtires.com</t>
   </si>
   <si>
     <t>-118.263681, 33.831612</t>
   </si>
   <si>
+    <t>STM-140</t>
+  </si>
+  <si>
     <t>1505 Commerce Blvd.</t>
   </si>
   <si>
     <t>Midway</t>
   </si>
   <si>
     <t>stm140@stmtires.com</t>
   </si>
   <si>
     <t>-84.429835, 30.565524</t>
   </si>
   <si>
+    <t>STM-261</t>
+  </si>
+  <si>
     <t>436 Hwy 49 South</t>
   </si>
   <si>
     <t>stm261@stmtires.com</t>
   </si>
   <si>
+    <t>STM-708</t>
+  </si>
+  <si>
     <t>9650 Rush Street</t>
   </si>
   <si>
     <t>South El Monte</t>
   </si>
   <si>
     <t>stm708@stmtires.com</t>
   </si>
   <si>
     <t xml:space="preserve"> -118.0581310, 34.0512582</t>
   </si>
   <si>
     <t>7am-6pm</t>
   </si>
   <si>
+    <t>STM-745</t>
+  </si>
+  <si>
     <t>777-795 Gable Way</t>
   </si>
   <si>
     <t>El Cajon</t>
   </si>
   <si>
     <t>stm745@stmtires.com</t>
   </si>
   <si>
     <t>-116.962316, 32.794961</t>
   </si>
   <si>
+    <t>STM-176</t>
+  </si>
+  <si>
     <t>9606 Charleston Hwy</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>stm176@stmtires.com</t>
   </si>
   <si>
     <t>-80.5753479, 33.1788597</t>
   </si>
   <si>
+    <t>STM-154</t>
+  </si>
+  <si>
     <t>1314 Moultrie Road</t>
   </si>
   <si>
     <t>Albany</t>
   </si>
   <si>
     <t>stm154@stmtires.com</t>
   </si>
   <si>
     <t>-84.17617, 31.576883</t>
   </si>
   <si>
+    <t>STM-239</t>
+  </si>
+  <si>
     <t>1430 Mark Allen Lane</t>
   </si>
   <si>
     <t>Murfreesboro</t>
   </si>
   <si>
     <t>stm239@stmtires.com</t>
   </si>
   <si>
     <t>-86.40101, 35.852265</t>
   </si>
   <si>
+    <t>STM-224</t>
+  </si>
+  <si>
     <t>15069 AL 20 Highway SW</t>
   </si>
   <si>
     <t>Madison</t>
   </si>
   <si>
     <t>stm224@stmtires.com</t>
   </si>
   <si>
     <t>-86.750908, 34.706763</t>
   </si>
   <si>
+    <t>STM-510</t>
+  </si>
+  <si>
     <t>2023 Appaloosa Drive</t>
   </si>
   <si>
     <t>Sunland Park</t>
   </si>
   <si>
     <t>stm510@stmtires.com</t>
   </si>
   <si>
     <t>-106.599975, 31.880055</t>
   </si>
   <si>
+    <t>STM-515</t>
+  </si>
+  <si>
     <t>2502 W Main</t>
   </si>
   <si>
     <t>Farmington</t>
   </si>
   <si>
     <t>stm515@stmtires.com</t>
   </si>
   <si>
     <t>-108.181531, 36.757496</t>
   </si>
   <si>
+    <t>STM-535</t>
+  </si>
+  <si>
     <t>5365 Newport St</t>
   </si>
   <si>
     <t>Commerce City</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>stm535@stmtires.com</t>
   </si>
   <si>
     <t>-104.790832, 39.856414</t>
   </si>
   <si>
+    <t>STM-530</t>
+  </si>
+  <si>
     <t>1641 2nd Avenue</t>
   </si>
   <si>
     <t>Greeley</t>
   </si>
   <si>
     <t>stm530@stmtires.com</t>
   </si>
   <si>
     <t>-104.694637, 40.406054</t>
   </si>
   <si>
+    <t>STM-539</t>
+  </si>
+  <si>
     <t>12000 W 44th Ave</t>
   </si>
   <si>
     <t>Wheat Ridge</t>
   </si>
   <si>
     <t>stm539@stmtires.com</t>
   </si>
   <si>
     <t>-105.109735, 39.769291</t>
   </si>
   <si>
+    <t>STM-540</t>
+  </si>
+  <si>
     <t>12555 E 39th Ave</t>
   </si>
   <si>
     <t>Denver</t>
   </si>
   <si>
     <t>stm540@stmtires.com</t>
   </si>
   <si>
     <t>-104.988123, 39.755092</t>
   </si>
   <si>
+    <t>STM-542</t>
+  </si>
+  <si>
     <t>2220 Rand Ave</t>
   </si>
   <si>
     <t>Colorado Springs</t>
   </si>
   <si>
     <t>stm542@stmtires.com</t>
   </si>
   <si>
     <t>-104.82136, 38.838114</t>
   </si>
   <si>
+    <t>STM-543</t>
+  </si>
+  <si>
     <t>4050 Club Manor Dr</t>
   </si>
   <si>
     <t>Pueblo</t>
   </si>
   <si>
     <t>stm543@stmtires.com</t>
   </si>
   <si>
     <t>-104.628791, 38.265524</t>
   </si>
   <si>
+    <t>STM-545</t>
+  </si>
+  <si>
     <t>1247 E. Hwy 40</t>
   </si>
   <si>
     <t>Craig</t>
   </si>
   <si>
     <t>stm545@stmtires.com</t>
   </si>
   <si>
     <t>-107.553207, 40.514226</t>
   </si>
   <si>
+    <t>STM-547</t>
+  </si>
+  <si>
     <t>4358 6225 Rd</t>
   </si>
   <si>
     <t>Montrose</t>
   </si>
   <si>
     <t>stm547@stmtires.com</t>
   </si>
   <si>
     <t>-107.864334, 38.471733</t>
   </si>
   <si>
+    <t>STM-550</t>
+  </si>
+  <si>
     <t>794 22 Road</t>
   </si>
   <si>
     <t>Grand Junction</t>
   </si>
   <si>
     <t>stm550@stmtires.com</t>
   </si>
   <si>
     <t>-108.565325, 39.091853</t>
   </si>
   <si>
+    <t>STM-611</t>
+  </si>
+  <si>
     <t>3801 W. Clarendon</t>
   </si>
   <si>
     <t>stm611@stmtires.com</t>
   </si>
   <si>
+    <t>STM-628</t>
+  </si>
+  <si>
     <t>1130 S Carbon Ave</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>stm628@stmtires.com</t>
   </si>
   <si>
     <t>-110.650901, 39.567883</t>
   </si>
   <si>
+    <t>STM-629</t>
+  </si>
+  <si>
     <t>193 W Industrial Park Dr South</t>
   </si>
   <si>
     <t>Salina</t>
   </si>
   <si>
     <t>STM629@stmtires.com</t>
   </si>
   <si>
     <t>-111.908156, 38.921403</t>
   </si>
   <si>
+    <t>STM-637</t>
+  </si>
+  <si>
     <t>1630 Wall Ave</t>
   </si>
   <si>
     <t>Ogden</t>
   </si>
   <si>
     <t>stm637@stmtires.com</t>
   </si>
   <si>
     <t>-111.970735, 41.210225</t>
   </si>
   <si>
+    <t>STM-630</t>
+  </si>
+  <si>
     <t>150 N Draper Ln</t>
   </si>
   <si>
     <t>Provo</t>
   </si>
   <si>
     <t>stm630@stmtires.com</t>
   </si>
   <si>
     <t>-111.6586, 40.255778</t>
   </si>
   <si>
+    <t>STM-640</t>
+  </si>
+  <si>
     <t>5345 W 2400 S</t>
   </si>
   <si>
     <t>West Valley City</t>
   </si>
   <si>
     <t>stm640@stmtires.com</t>
   </si>
   <si>
     <t>-111.9578934, 40.6941986</t>
   </si>
   <si>
+    <t>STM-730</t>
+  </si>
+  <si>
     <t>4336 Pock Ln Suite 200</t>
   </si>
   <si>
     <t>Stockton</t>
   </si>
   <si>
     <t>stm730@stmtires.com</t>
   </si>
   <si>
     <t>-121.291369, 37.958685</t>
   </si>
   <si>
+    <t>STM-732</t>
+  </si>
+  <si>
     <t>1500 Venture Ln</t>
   </si>
   <si>
     <t>Turlock</t>
   </si>
   <si>
     <t>stm732@stmtires.com</t>
   </si>
   <si>
     <t>-120.854293, 37.503406</t>
   </si>
   <si>
-    <t>1144 Terven Road</t>
+    <t>STM-735</t>
+  </si>
+  <si>
+    <t>1144 Terven Ave.</t>
   </si>
   <si>
     <t>Salinas</t>
   </si>
   <si>
     <t>stm735@stmtires.com</t>
   </si>
   <si>
     <t>-121.655971, 36.677586</t>
   </si>
   <si>
+    <t>STM-738</t>
+  </si>
+  <si>
     <t>4575 Pacheco Blvd</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>stm738@stmtires.com</t>
   </si>
   <si>
     <t>-122.134976, 37.986421</t>
   </si>
   <si>
     <t>8:00am-12pm</t>
   </si>
   <si>
+    <t>STM-753</t>
+  </si>
+  <si>
     <t>2350 N. Nellis Blvd.</t>
   </si>
   <si>
     <t>stm753@stmtires.com</t>
   </si>
   <si>
     <t>-115.246776, 36.233048</t>
   </si>
   <si>
+    <t>STM-759</t>
+  </si>
+  <si>
     <t>333 Glendale Ave</t>
   </si>
   <si>
     <t>Sparks</t>
   </si>
   <si>
     <t>stm759@stmtires.com</t>
   </si>
   <si>
     <t>-119.733787, 39.541653</t>
   </si>
   <si>
     <t>6am-10pm</t>
   </si>
   <si>
+    <t>STM-760</t>
+  </si>
+  <si>
     <t>398 E Gish Rd</t>
   </si>
   <si>
     <t>San Jose</t>
   </si>
   <si>
     <t>stm760@stmtires.com</t>
   </si>
   <si>
     <t>-121.873881, 37.316466</t>
   </si>
   <si>
+    <t>STM-765</t>
+  </si>
+  <si>
     <t>1401 Richards Blvd</t>
   </si>
   <si>
     <t>Sacramento</t>
   </si>
   <si>
     <t>stm765@stmtires.com</t>
   </si>
   <si>
     <t>-121.50012, 38.582087</t>
   </si>
   <si>
+    <t>STM-763</t>
+  </si>
+  <si>
     <t>140 Hegenberger Loop</t>
   </si>
   <si>
     <t>Oakland</t>
   </si>
   <si>
     <t>stm763@stmtires.com</t>
   </si>
   <si>
     <t>-122.214897, 37.772323</t>
   </si>
   <si>
+    <t>STM-774</t>
+  </si>
+  <si>
     <t>240 Ford Rd</t>
   </si>
   <si>
     <t>Ukiah</t>
   </si>
   <si>
     <t>stm774@stmtires.com</t>
   </si>
   <si>
     <t>-123.321202, 39.403699</t>
   </si>
   <si>
     <t>8am-4:30pm</t>
   </si>
   <si>
+    <t>STM-775</t>
+  </si>
+  <si>
     <t>233 Bellevue Ave</t>
   </si>
   <si>
     <t>Santa Rosa</t>
   </si>
   <si>
     <t>stm775@stmtires.com</t>
   </si>
   <si>
     <t>-122.717692, 38.445625</t>
   </si>
   <si>
+    <t>STM-351</t>
+  </si>
+  <si>
     <t>30 N 129th Ave</t>
   </si>
   <si>
     <t>stm351@stmtires.com</t>
   </si>
   <si>
+    <t>STM-134</t>
+  </si>
+  <si>
     <t>7061 Bellville Road</t>
   </si>
   <si>
     <t>Lake Park</t>
   </si>
   <si>
     <t>stm134@stmtires.com</t>
   </si>
   <si>
     <t>-83.184325, 30.745322</t>
   </si>
   <si>
+    <t>STM-713</t>
+  </si>
+  <si>
     <t>302 W. Betteravia Rd.</t>
   </si>
   <si>
     <t>Santa Maria</t>
   </si>
   <si>
     <t>stm713@stmtires.com</t>
   </si>
   <si>
     <t>-120.435926, 34.920891</t>
   </si>
   <si>
+    <t>STM-714</t>
+  </si>
+  <si>
     <t>1355 Kern St.</t>
   </si>
   <si>
     <t>Taft</t>
   </si>
   <si>
     <t>stm714@stmtires.com</t>
   </si>
   <si>
     <t>-119.457428, 35.1424713</t>
   </si>
   <si>
+    <t>STM-715</t>
+  </si>
+  <si>
     <t>8450 Goldenstate Hwy</t>
   </si>
   <si>
     <t>Bakersfield</t>
   </si>
   <si>
     <t>stm715@stmtires.com</t>
   </si>
   <si>
     <t>-119.018911, 35.373405</t>
   </si>
   <si>
+    <t>STM-716</t>
+  </si>
+  <si>
     <t>7118 Rosedale Hwy</t>
   </si>
   <si>
     <t>stm716@stmtires.com</t>
   </si>
   <si>
+    <t>STM-717</t>
+  </si>
+  <si>
     <t>14308 County Line Road</t>
   </si>
   <si>
     <t>Delano</t>
   </si>
   <si>
     <t>stm717@stmtires.com</t>
   </si>
   <si>
     <t>-119.243864, 35.761331</t>
   </si>
   <si>
+    <t>STM-719</t>
+  </si>
+  <si>
     <t>391 South Graham Road</t>
   </si>
   <si>
     <t>Tipton</t>
   </si>
   <si>
     <t>stm719@stmtires.com</t>
   </si>
   <si>
     <t>-119.333512, 36.005985</t>
   </si>
   <si>
+    <t>STM-720</t>
+  </si>
+  <si>
     <t>362 South K Street</t>
   </si>
   <si>
     <t>Tulare</t>
   </si>
   <si>
     <t>stm720@stmtires.com</t>
   </si>
   <si>
     <t>-119.343599, 36.196548</t>
   </si>
   <si>
+    <t>STM-721</t>
+  </si>
+  <si>
     <t>28 South Westwood Street</t>
   </si>
   <si>
     <t>Porterville</t>
   </si>
   <si>
     <t>stm721@stmtires.com</t>
   </si>
   <si>
     <t>-119.026344, 36.076773</t>
   </si>
   <si>
+    <t>STM-722</t>
+  </si>
+  <si>
     <t>30467 Road 68</t>
   </si>
   <si>
     <t>Visalia</t>
   </si>
   <si>
     <t>stm722@stmtires.com</t>
   </si>
   <si>
     <t>-119.292364, 36.330165</t>
   </si>
   <si>
+    <t>STM-724</t>
+  </si>
+  <si>
     <t>250 South F Street</t>
   </si>
   <si>
     <t>Exeter</t>
   </si>
   <si>
     <t>stm724@stmtires.com</t>
   </si>
   <si>
     <t>-119.088371, 36.344716</t>
   </si>
   <si>
+    <t>STM-725</t>
+  </si>
+  <si>
     <t>2462 East Central Ave</t>
   </si>
   <si>
     <t>Fresno</t>
   </si>
   <si>
     <t>stm725@stmtires.com</t>
   </si>
   <si>
     <t>-119.789382, 36.743313</t>
   </si>
   <si>
+    <t>STM-905</t>
+  </si>
+  <si>
     <t>2600 Morgan Road</t>
   </si>
   <si>
     <t>Bessemer</t>
   </si>
   <si>
     <t>stm905@stmtires.com</t>
   </si>
   <si>
     <t>-86.9251248, 33.3391163</t>
   </si>
   <si>
+    <t>STM-901</t>
+  </si>
+  <si>
     <t>4500 Home Run Blvd. Suite 300</t>
   </si>
   <si>
     <t>Davenport</t>
   </si>
   <si>
     <t>stm901@stmtires.com</t>
   </si>
   <si>
     <t>-81.603475, 28.159346</t>
   </si>
   <si>
+    <t>STM-930</t>
+  </si>
+  <si>
     <t>11 Industrial Blvd</t>
   </si>
   <si>
     <t>Monett</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>stm930@stmtires.com</t>
   </si>
   <si>
     <t>-93.934986, 36.802435</t>
   </si>
   <si>
+    <t>STM-915</t>
+  </si>
+  <si>
     <t>75 Regency Pkwy</t>
   </si>
   <si>
     <t>Mansfield</t>
   </si>
   <si>
     <t>stm915@stmtires.com</t>
   </si>
   <si>
     <t>-96.994633, 32.746014</t>
   </si>
   <si>
     <t>7am-1pm</t>
   </si>
   <si>
+    <t>STM-932</t>
+  </si>
+  <si>
     <t>3900 Charbonneau Drive</t>
   </si>
   <si>
     <t>St. Charles</t>
   </si>
   <si>
     <t>stm932@stmtires.com</t>
   </si>
   <si>
     <t>-90.4818268, 38.7829514</t>
   </si>
   <si>
+    <t>STM-910</t>
+  </si>
+  <si>
     <t>40 Thames Ave.</t>
   </si>
   <si>
     <t>stm910@stmtires.com</t>
   </si>
   <si>
     <t>STM-608</t>
   </si>
   <si>
     <t>3801 West Clarendon Avenue</t>
   </si>
   <si>
     <t>stm608@stmtires.com</t>
   </si>
   <si>
     <t>-112.1405047, 33.4917361</t>
   </si>
   <si>
     <t>STM-244</t>
   </si>
   <si>
     <t>750C Economy Drive</t>
   </si>
   <si>
     <t>Clarksville</t>
@@ -2231,114 +2723,138 @@
   <si>
     <t>Spartanburg</t>
   </si>
   <si>
     <t>stm178@stmtires.com</t>
   </si>
   <si>
     <t>-82.0228859, 34.9677539</t>
   </si>
   <si>
     <t>STM-159</t>
   </si>
   <si>
     <t>1362 Highway 49</t>
   </si>
   <si>
     <t>Macon</t>
   </si>
   <si>
     <t>stm159@stmtires.com</t>
   </si>
   <si>
     <t>-83.4894807, 32.9409649</t>
   </si>
   <si>
+    <t>STM-655</t>
+  </si>
+  <si>
     <t>11140 Moonbeam Drive</t>
   </si>
   <si>
     <t>Idaho Falls</t>
   </si>
   <si>
     <t>stm655@stmtires.com</t>
   </si>
   <si>
     <t>-111.9715632, 43.5960044</t>
   </si>
   <si>
+    <t>STM-503</t>
+  </si>
+  <si>
     <t>2848 Girard Blvd NE</t>
   </si>
   <si>
     <t>stm503@stmtires.com</t>
   </si>
   <si>
     <t>-106.6133644, 35.1144371</t>
   </si>
   <si>
+    <t>STM-296</t>
+  </si>
+  <si>
     <t>519 Pendleton Road</t>
   </si>
   <si>
     <t>Pendleton</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>STMP296@STMPilot.com</t>
   </si>
   <si>
     <t>-85.297501, 38.564844</t>
   </si>
   <si>
+    <t>STM-985</t>
+  </si>
+  <si>
     <t>837 Industrial Ave</t>
   </si>
   <si>
-    <t xml:space="preserve">5596865456 </t>
-[...1 lines deleted...]
-  <si>
     <t>Stm985@stmtires.com.</t>
   </si>
   <si>
     <t>-119.334009, 36.175610</t>
   </si>
   <si>
+    <t>STM-319</t>
+  </si>
+  <si>
     <t>850 N. Bolton Ave</t>
   </si>
   <si>
     <t>Alexandria</t>
   </si>
   <si>
     <t xml:space="preserve"> 71301</t>
   </si>
   <si>
     <t>Stm319@stmtires.com</t>
   </si>
   <si>
     <t xml:space="preserve"> -92.461798, 31.378993</t>
   </si>
   <si>
-    <t xml:space="preserve">, </t>
+    <t>STM-734</t>
+  </si>
+  <si>
+    <t>317 Prosperity Blvd</t>
+  </si>
+  <si>
+    <t>Chowchilla</t>
+  </si>
+  <si>
+    <t>stm734@stmtires.com</t>
+  </si>
+  <si>
+    <t>-120.251015, 37.124238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2641,6428 +3157,6458 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H183" sqref="H183"/>
+      <selection activeCell="K183" sqref="K183"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
-      <c r="A2">
-        <v>145</v>
+      <c r="A2" t="s">
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E2">
         <v>32433</v>
       </c>
       <c r="F2">
         <v>8509512180</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:11">
-      <c r="A3">
-        <v>162</v>
+      <c r="A3" t="s">
+        <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E3">
         <v>30092</v>
       </c>
       <c r="F3">
         <v>7709624882</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11">
+      <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
-      </c>
-[...21 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E4">
         <v>30297</v>
       </c>
       <c r="F4">
         <v>4046088111</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:11">
-      <c r="A5">
-        <v>144</v>
+      <c r="A5" t="s">
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5">
         <v>32404</v>
       </c>
       <c r="F5">
         <v>8509140092</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:11">
-      <c r="A6">
-        <v>163</v>
+      <c r="A6" t="s">
+        <v>38</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E6">
         <v>30016</v>
       </c>
       <c r="F6">
         <v>7707875133</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7">
-        <v>165</v>
+      <c r="A7" t="s">
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7">
         <v>30336</v>
       </c>
       <c r="F7">
         <v>4048351374</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:11">
-      <c r="A8">
-        <v>249</v>
+      <c r="A8" t="s">
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E8">
         <v>38118</v>
       </c>
       <c r="F8">
         <v>9017958868</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:11">
-      <c r="A9">
-        <v>265</v>
+      <c r="A9" t="s">
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E9">
         <v>39307</v>
       </c>
       <c r="F9">
         <v>6014828880</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="I9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J9" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
-      <c r="A10">
-        <v>266</v>
+      <c r="A10" t="s">
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E10">
-        <v>38930</v>
+        <v>38903</v>
       </c>
       <c r="F10">
         <v>6624551592</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="I10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
-      <c r="A11">
-        <v>270</v>
+      <c r="A11" t="s">
+        <v>65</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E11">
         <v>38801</v>
       </c>
       <c r="F11">
         <v>6628444719</v>
       </c>
       <c r="G11" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="I11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
-      <c r="A12">
-        <v>303</v>
+      <c r="A12" t="s">
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E12">
         <v>70360</v>
       </c>
       <c r="F12">
         <v>9857090500</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="H12" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="I12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
-      <c r="A13">
-        <v>304</v>
+      <c r="A13" t="s">
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E13">
         <v>70403</v>
       </c>
       <c r="F13">
         <v>9855424900</v>
       </c>
       <c r="G13" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="H13" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J13" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K13" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
-      <c r="A14">
-        <v>306</v>
+      <c r="A14" t="s">
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E14">
         <v>70737</v>
       </c>
       <c r="F14">
         <v>2257443300</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="H14" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I14" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
-      <c r="A15">
-        <v>305</v>
+      <c r="A15" t="s">
+        <v>86</v>
       </c>
       <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E15">
         <v>70819</v>
       </c>
       <c r="F15">
         <v>2252753600</v>
       </c>
       <c r="G15" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="H15" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
-      <c r="A16">
-        <v>307</v>
+      <c r="A16" t="s">
+        <v>91</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E16">
         <v>70123</v>
       </c>
       <c r="F16">
         <v>5047337061</v>
       </c>
       <c r="G16" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="H16" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="I16" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K16" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
-      <c r="A17">
-        <v>315</v>
+      <c r="A17" t="s">
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E17">
         <v>70665</v>
       </c>
       <c r="F17">
         <v>3378820777</v>
       </c>
       <c r="G17" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="H17" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
-      <c r="A18">
-        <v>324</v>
+      <c r="A18" t="s">
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E18">
         <v>71119</v>
       </c>
       <c r="F18">
         <v>3189381100</v>
       </c>
       <c r="G18" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="I18" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K18" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
-      <c r="A19">
-        <v>318</v>
+      <c r="A19" t="s">
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E19">
         <v>71373</v>
       </c>
       <c r="F19">
         <v>3183364242</v>
       </c>
       <c r="G19" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="H19" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="I19" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:11">
-      <c r="A20">
-        <v>320</v>
+      <c r="A20" t="s">
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E20">
         <v>71292</v>
       </c>
       <c r="F20">
         <v>3183881393</v>
       </c>
       <c r="G20" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="H20" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="I20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J20" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K20" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:11">
-      <c r="A21">
-        <v>330</v>
+      <c r="A21" t="s">
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E21">
         <v>72301</v>
       </c>
       <c r="F21">
         <v>8707330100</v>
       </c>
       <c r="G21" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="H21" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="I21" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K21" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
-      <c r="A22">
-        <v>333</v>
+      <c r="A22" t="s">
+        <v>122</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="D22" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E22">
         <v>72143</v>
       </c>
       <c r="F22">
         <v>5012681167</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="H22" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
-      <c r="A23">
-        <v>332</v>
+      <c r="A23" t="s">
+        <v>127</v>
       </c>
       <c r="B23" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="C23" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E23">
         <v>72501</v>
       </c>
       <c r="F23">
         <v>8706986099</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>130</v>
       </c>
       <c r="H23" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="I23" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K23" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24">
-        <v>335</v>
+      <c r="A24" t="s">
+        <v>132</v>
       </c>
       <c r="B24" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E24">
         <v>72117</v>
       </c>
       <c r="F24">
         <v>5019555910</v>
       </c>
       <c r="G24" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="H24" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="I24" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J24" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K24" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:11">
-      <c r="A25">
-        <v>337</v>
+      <c r="A25" t="s">
+        <v>137</v>
       </c>
       <c r="B25" t="s">
-        <v>114</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E25">
         <v>71901</v>
       </c>
       <c r="F25">
         <v>5012629688</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="H25" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J25" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K25" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:11">
-      <c r="A26">
-        <v>338</v>
+      <c r="A26" t="s">
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
+        <v>144</v>
+      </c>
+      <c r="D26" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E26">
         <v>71801</v>
       </c>
       <c r="F26">
         <v>8707772385</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="H26" t="s">
-        <v>121</v>
+        <v>146</v>
       </c>
       <c r="I26" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J26" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K26" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:11">
-      <c r="A27">
-        <v>350</v>
+      <c r="A27" t="s">
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="D27" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="E27">
         <v>74116</v>
       </c>
       <c r="F27">
         <v>9188382724</v>
       </c>
       <c r="G27" t="s">
-        <v>125</v>
+        <v>151</v>
       </c>
       <c r="H27" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I27" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J27" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K27" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:11">
-      <c r="A28">
-        <v>400</v>
+      <c r="A28" t="s">
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>127</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E28">
         <v>75247</v>
       </c>
       <c r="F28">
         <v>2146317900</v>
       </c>
       <c r="G28" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="H28" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="I28" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J28" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K28" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:11">
-      <c r="A29">
-        <v>403</v>
+      <c r="A29" t="s">
+        <v>160</v>
       </c>
       <c r="B29" t="s">
-        <v>133</v>
+        <v>161</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E29">
         <v>75247</v>
       </c>
       <c r="F29">
         <v>2146317990</v>
       </c>
       <c r="G29" t="s">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="H29" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="I29" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K29" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:11">
-      <c r="A30">
-        <v>405</v>
+      <c r="A30" t="s">
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="D30" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E30">
         <v>75241</v>
       </c>
       <c r="F30">
         <v>2147657099</v>
       </c>
       <c r="G30" t="s">
-        <v>136</v>
+        <v>165</v>
       </c>
       <c r="H30" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="I30" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J30" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K30" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:11">
-      <c r="A31">
-        <v>420</v>
+      <c r="A31" t="s">
+        <v>166</v>
       </c>
       <c r="B31" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
       <c r="C31" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="D31" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E31">
         <v>75604</v>
       </c>
       <c r="F31">
         <v>9037593944</v>
       </c>
       <c r="G31" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
       <c r="H31" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="I31" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J31" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K31" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:11">
-      <c r="A32">
-        <v>422</v>
+      <c r="A32" t="s">
+        <v>171</v>
       </c>
       <c r="B32" t="s">
-        <v>141</v>
+        <v>172</v>
       </c>
       <c r="C32" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="D32" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E32">
         <v>75706</v>
       </c>
       <c r="F32">
         <v>9035935555</v>
       </c>
       <c r="G32" t="s">
-        <v>143</v>
+        <v>174</v>
       </c>
       <c r="H32" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="I32" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K32" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:11">
-      <c r="A33">
-        <v>423</v>
+      <c r="A33" t="s">
+        <v>176</v>
       </c>
       <c r="B33" t="s">
-        <v>145</v>
+        <v>177</v>
       </c>
       <c r="C33" t="s">
-        <v>146</v>
+        <v>178</v>
       </c>
       <c r="D33" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E33">
         <v>75501</v>
       </c>
       <c r="F33">
         <v>9038325790</v>
       </c>
       <c r="G33" t="s">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="H33" t="s">
-        <v>148</v>
+        <v>180</v>
       </c>
       <c r="I33" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K33" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:11">
-      <c r="A34">
-        <v>450</v>
+      <c r="A34" t="s">
+        <v>181</v>
       </c>
       <c r="B34" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>183</v>
       </c>
       <c r="D34" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E34">
         <v>77013</v>
       </c>
       <c r="F34">
         <v>7136722200</v>
       </c>
       <c r="G34" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="H34" t="s">
-        <v>152</v>
+        <v>185</v>
       </c>
       <c r="I34" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K34" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:11">
-      <c r="A35">
-        <v>453</v>
+      <c r="A35" t="s">
+        <v>186</v>
       </c>
       <c r="B35" t="s">
-        <v>153</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E35">
         <v>77571</v>
       </c>
       <c r="F35">
         <v>2818428800</v>
       </c>
       <c r="G35" t="s">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="H35" t="s">
+        <v>190</v>
+      </c>
+      <c r="I35" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K35" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s">
+        <v>191</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="C36" t="s">
+        <v>193</v>
+      </c>
+      <c r="D36" t="s">
         <v>156</v>
-      </c>
-[...21 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E36">
         <v>77705</v>
       </c>
       <c r="F36">
         <v>4098138400</v>
       </c>
       <c r="G36" t="s">
-        <v>159</v>
+        <v>194</v>
       </c>
       <c r="H36" t="s">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="I36" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J36" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K36" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:11">
-      <c r="A37">
-        <v>456</v>
+      <c r="A37" t="s">
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>161</v>
+        <v>197</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>198</v>
       </c>
       <c r="D37" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E37">
         <v>77378</v>
       </c>
       <c r="F37">
         <v>9368562812</v>
       </c>
       <c r="G37" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="H37" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="I37" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K37" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:11">
-      <c r="A38">
-        <v>459</v>
+      <c r="A38" t="s">
+        <v>201</v>
       </c>
       <c r="B38" t="s">
-        <v>165</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
-        <v>166</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E38">
         <v>77803</v>
       </c>
       <c r="F38">
         <v>9797788683</v>
       </c>
       <c r="G38" t="s">
-        <v>167</v>
+        <v>204</v>
       </c>
       <c r="H38" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="I38" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K38" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:11">
-      <c r="A39">
-        <v>490</v>
+      <c r="A39" t="s">
+        <v>206</v>
       </c>
       <c r="B39" t="s">
-        <v>169</v>
+        <v>207</v>
       </c>
       <c r="C39" t="s">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="D39" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E39">
         <v>79404</v>
       </c>
       <c r="F39">
         <v>8067485900</v>
       </c>
       <c r="G39" t="s">
-        <v>171</v>
+        <v>209</v>
       </c>
       <c r="H39" t="s">
-        <v>172</v>
+        <v>210</v>
       </c>
       <c r="I39" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K39" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:11">
-      <c r="A40">
-        <v>491</v>
+      <c r="A40" t="s">
+        <v>211</v>
       </c>
       <c r="B40" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="C40" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E40">
         <v>79118</v>
       </c>
       <c r="F40">
         <v>8063798000</v>
       </c>
       <c r="G40" t="s">
-        <v>175</v>
+        <v>214</v>
       </c>
       <c r="H40" t="s">
-        <v>176</v>
+        <v>215</v>
       </c>
       <c r="I40" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J40" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K40" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:11">
-      <c r="A41">
-        <v>169</v>
+      <c r="A41" t="s">
+        <v>216</v>
       </c>
       <c r="B41" t="s">
-        <v>177</v>
+        <v>217</v>
       </c>
       <c r="C41" t="s">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="D41" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E41">
         <v>30241</v>
       </c>
       <c r="F41">
         <v>7068121618</v>
       </c>
       <c r="G41" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="H41" t="s">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J41" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K41" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:11">
-      <c r="A42">
-        <v>204</v>
+      <c r="A42" t="s">
+        <v>221</v>
       </c>
       <c r="B42" t="s">
-        <v>181</v>
+        <v>222</v>
       </c>
       <c r="C42" t="s">
-        <v>182</v>
+        <v>223</v>
       </c>
       <c r="D42" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E42">
         <v>36502</v>
       </c>
       <c r="F42">
         <v>2514468174</v>
       </c>
       <c r="G42" t="s">
-        <v>184</v>
+        <v>225</v>
       </c>
       <c r="H42" t="s">
-        <v>185</v>
+        <v>226</v>
       </c>
       <c r="I42" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K42" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:11">
-      <c r="A43">
-        <v>203</v>
+      <c r="A43" t="s">
+        <v>227</v>
       </c>
       <c r="B43" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="C43" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E43">
         <v>36617</v>
       </c>
       <c r="F43">
         <v>2514579915</v>
       </c>
       <c r="G43" t="s">
-        <v>188</v>
+        <v>230</v>
       </c>
       <c r="H43" t="s">
-        <v>189</v>
+        <v>231</v>
       </c>
       <c r="I43" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J43" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K43" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:11">
-      <c r="A44">
-        <v>142</v>
+      <c r="A44" t="s">
+        <v>233</v>
       </c>
       <c r="B44" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="C44" t="s">
-        <v>192</v>
+        <v>235</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44">
         <v>32534</v>
       </c>
       <c r="F44">
         <v>8504773330</v>
       </c>
       <c r="G44" t="s">
-        <v>193</v>
+        <v>236</v>
       </c>
       <c r="H44" t="s">
-        <v>194</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J44" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K44" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:11">
-      <c r="A45">
-        <v>207</v>
+      <c r="A45" t="s">
+        <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>195</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>196</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E45">
         <v>36109</v>
       </c>
       <c r="F45">
         <v>3342630062</v>
       </c>
       <c r="G45" t="s">
-        <v>197</v>
+        <v>241</v>
       </c>
       <c r="H45" t="s">
-        <v>198</v>
+        <v>242</v>
       </c>
       <c r="I45" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K45" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:11">
-      <c r="A46">
-        <v>211</v>
+      <c r="A46" t="s">
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>199</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>200</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E46">
         <v>35217</v>
       </c>
       <c r="F46">
         <v>2053226602</v>
       </c>
       <c r="G46" t="s">
-        <v>201</v>
+        <v>246</v>
       </c>
       <c r="H46" t="s">
-        <v>202</v>
+        <v>247</v>
       </c>
       <c r="I46" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J46" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K46" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:11">
-      <c r="A47">
-        <v>209</v>
+      <c r="A47" t="s">
+        <v>248</v>
       </c>
       <c r="B47" t="s">
-        <v>203</v>
+        <v>249</v>
       </c>
       <c r="C47" t="s">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="D47" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E47">
         <v>35405</v>
       </c>
       <c r="F47">
         <v>2057585527</v>
       </c>
       <c r="G47" t="s">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="H47" t="s">
-        <v>206</v>
+        <v>252</v>
       </c>
       <c r="I47" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K47" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:11">
-      <c r="A48">
-        <v>216</v>
+      <c r="A48" t="s">
+        <v>253</v>
       </c>
       <c r="B48" t="s">
-        <v>207</v>
+        <v>254</v>
       </c>
       <c r="C48" t="s">
-        <v>208</v>
+        <v>255</v>
       </c>
       <c r="D48" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E48">
         <v>35501</v>
       </c>
       <c r="F48">
         <v>2053843440</v>
       </c>
       <c r="G48" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="H48" t="s">
-        <v>210</v>
+        <v>257</v>
       </c>
       <c r="I48" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K48" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:11">
-      <c r="A49">
-        <v>250</v>
+      <c r="A49" t="s">
+        <v>258</v>
       </c>
       <c r="B49" t="s">
-        <v>211</v>
+        <v>259</v>
       </c>
       <c r="C49" t="s">
-        <v>212</v>
+        <v>260</v>
       </c>
       <c r="D49" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E49">
         <v>39532</v>
       </c>
       <c r="F49">
         <v>2288311200</v>
       </c>
       <c r="G49" t="s">
-        <v>213</v>
+        <v>261</v>
       </c>
       <c r="H49" t="s">
-        <v>214</v>
+        <v>262</v>
       </c>
       <c r="I49" t="s">
-        <v>215</v>
+        <v>263</v>
       </c>
       <c r="J49" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K49" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:11">
-      <c r="A50">
-        <v>255</v>
+      <c r="A50" t="s">
+        <v>264</v>
       </c>
       <c r="B50" t="s">
-        <v>216</v>
+        <v>265</v>
       </c>
       <c r="C50" t="s">
-        <v>217</v>
+        <v>266</v>
       </c>
       <c r="D50" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E50">
         <v>39429</v>
       </c>
       <c r="F50">
         <v>6017368924</v>
       </c>
       <c r="G50" t="s">
-        <v>218</v>
+        <v>267</v>
       </c>
       <c r="H50" t="s">
-        <v>219</v>
+        <v>268</v>
       </c>
       <c r="I50" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K50" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:11">
-      <c r="A51">
-        <v>256</v>
+      <c r="A51" t="s">
+        <v>269</v>
       </c>
       <c r="B51" t="s">
-        <v>220</v>
+        <v>270</v>
       </c>
       <c r="C51" t="s">
-        <v>221</v>
+        <v>271</v>
       </c>
       <c r="D51" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E51">
         <v>39440</v>
       </c>
       <c r="F51">
         <v>6014284375</v>
       </c>
       <c r="G51" t="s">
-        <v>222</v>
+        <v>272</v>
       </c>
       <c r="H51" t="s">
-        <v>223</v>
+        <v>273</v>
       </c>
       <c r="I51" t="s">
-        <v>215</v>
+        <v>263</v>
       </c>
       <c r="J51" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K51" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:11">
-      <c r="A52">
-        <v>260</v>
+      <c r="A52" t="s">
+        <v>274</v>
       </c>
       <c r="B52" t="s">
-        <v>224</v>
+        <v>275</v>
       </c>
       <c r="C52" t="s">
-        <v>225</v>
+        <v>276</v>
       </c>
       <c r="D52" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E52">
         <v>39218</v>
       </c>
       <c r="F52">
         <v>6019393888</v>
       </c>
       <c r="G52" t="s">
-        <v>226</v>
+        <v>277</v>
       </c>
       <c r="H52" t="s">
-        <v>227</v>
+        <v>278</v>
       </c>
       <c r="I52" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K52" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:11">
-      <c r="A53">
-        <v>310</v>
+      <c r="A53" t="s">
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>228</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>229</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E53">
         <v>70583</v>
       </c>
       <c r="F53">
         <v>3372342044</v>
       </c>
       <c r="G53" t="s">
-        <v>230</v>
+        <v>282</v>
       </c>
       <c r="H53" t="s">
-        <v>231</v>
+        <v>283</v>
       </c>
       <c r="I53" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J53" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:11">
-      <c r="A54">
-        <v>339</v>
+      <c r="A54" t="s">
+        <v>284</v>
       </c>
       <c r="B54" t="s">
-        <v>232</v>
+        <v>285</v>
       </c>
       <c r="C54" t="s">
-        <v>146</v>
+        <v>178</v>
       </c>
       <c r="D54" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E54">
         <v>75503</v>
       </c>
       <c r="F54">
         <v>9037942488</v>
       </c>
       <c r="G54" t="s">
-        <v>233</v>
+        <v>286</v>
       </c>
       <c r="H54" t="s">
-        <v>148</v>
+        <v>180</v>
       </c>
       <c r="I54" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K54" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:11">
-      <c r="A55">
-        <v>345</v>
+      <c r="A55" t="s">
+        <v>287</v>
       </c>
       <c r="B55" t="s">
-        <v>234</v>
+        <v>288</v>
       </c>
       <c r="C55" t="s">
-        <v>235</v>
+        <v>289</v>
       </c>
       <c r="D55" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E55">
         <v>72908</v>
       </c>
       <c r="F55">
         <v>4796493900</v>
       </c>
       <c r="G55" t="s">
-        <v>236</v>
+        <v>290</v>
       </c>
       <c r="H55" t="s">
-        <v>237</v>
+        <v>291</v>
       </c>
       <c r="I55" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J55" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K55" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:11">
-      <c r="A56">
-        <v>349</v>
+      <c r="A56" t="s">
+        <v>292</v>
       </c>
       <c r="B56" t="s">
-        <v>238</v>
+        <v>293</v>
       </c>
       <c r="C56" t="s">
-        <v>239</v>
+        <v>294</v>
       </c>
       <c r="D56" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="E56">
         <v>72762</v>
       </c>
       <c r="F56">
         <v>4793064130</v>
       </c>
       <c r="G56" t="s">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="H56" t="s">
-        <v>241</v>
+        <v>296</v>
       </c>
       <c r="I56" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J56" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K56" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:11">
-      <c r="A57">
-        <v>355</v>
+      <c r="A57" t="s">
+        <v>297</v>
       </c>
       <c r="B57" t="s">
-        <v>242</v>
+        <v>298</v>
       </c>
       <c r="C57" t="s">
-        <v>243</v>
+        <v>299</v>
       </c>
       <c r="D57" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="E57">
         <v>73703</v>
       </c>
       <c r="F57">
         <v>5802344376</v>
       </c>
       <c r="G57" t="s">
-        <v>244</v>
+        <v>300</v>
       </c>
       <c r="H57" t="s">
-        <v>245</v>
+        <v>301</v>
       </c>
       <c r="I57" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J57" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K57" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:11">
-      <c r="A58">
-        <v>360</v>
+      <c r="A58" t="s">
+        <v>302</v>
       </c>
       <c r="B58" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="C58" t="s">
-        <v>247</v>
+        <v>304</v>
       </c>
       <c r="D58" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="E58">
         <v>73107</v>
       </c>
       <c r="F58">
         <v>4059438341</v>
       </c>
       <c r="G58" t="s">
-        <v>248</v>
+        <v>305</v>
       </c>
       <c r="H58" t="s">
-        <v>249</v>
+        <v>306</v>
       </c>
       <c r="I58" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J58" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K58" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:11">
-      <c r="A59">
-        <v>410</v>
+      <c r="A59" t="s">
+        <v>307</v>
       </c>
       <c r="B59" t="s">
-        <v>250</v>
+        <v>308</v>
       </c>
       <c r="C59" t="s">
-        <v>251</v>
+        <v>309</v>
       </c>
       <c r="D59" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E59">
         <v>76102</v>
       </c>
       <c r="F59">
         <v>8173329000</v>
       </c>
       <c r="G59" t="s">
-        <v>252</v>
+        <v>310</v>
       </c>
       <c r="H59" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="I59" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K59" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:11">
-      <c r="A60">
-        <v>412</v>
+      <c r="A60" t="s">
+        <v>312</v>
       </c>
       <c r="B60" t="s">
-        <v>254</v>
+        <v>313</v>
       </c>
       <c r="C60" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="D60" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E60">
         <v>76426</v>
       </c>
       <c r="F60">
         <v>9406832280</v>
       </c>
       <c r="G60" t="s">
-        <v>256</v>
+        <v>315</v>
       </c>
       <c r="H60" t="s">
-        <v>257</v>
+        <v>316</v>
       </c>
       <c r="I60" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K60" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:11">
-      <c r="A61">
-        <v>413</v>
+      <c r="A61" t="s">
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>258</v>
+        <v>318</v>
       </c>
       <c r="C61" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="D61" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E61">
         <v>76240</v>
       </c>
       <c r="F61">
         <v>9406653433</v>
       </c>
       <c r="G61" t="s">
-        <v>260</v>
+        <v>320</v>
       </c>
       <c r="H61" t="s">
-        <v>261</v>
+        <v>321</v>
       </c>
       <c r="I61" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J61" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:11">
-      <c r="A62">
-        <v>414</v>
+      <c r="A62" t="s">
+        <v>322</v>
       </c>
       <c r="B62" t="s">
-        <v>262</v>
+        <v>323</v>
       </c>
       <c r="C62" t="s">
-        <v>263</v>
+        <v>324</v>
       </c>
       <c r="D62" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E62">
         <v>76301</v>
       </c>
       <c r="F62">
         <v>9407611616</v>
       </c>
       <c r="G62" t="s">
-        <v>264</v>
+        <v>325</v>
       </c>
       <c r="H62" t="s">
-        <v>265</v>
+        <v>326</v>
       </c>
       <c r="I62" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J62" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K62" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:11">
-      <c r="A63">
-        <v>417</v>
+      <c r="A63" t="s">
+        <v>327</v>
       </c>
       <c r="B63" t="s">
-        <v>266</v>
+        <v>328</v>
       </c>
       <c r="C63" t="s">
-        <v>267</v>
+        <v>329</v>
       </c>
       <c r="D63" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E63">
         <v>75402</v>
       </c>
       <c r="F63">
         <v>9035274735</v>
       </c>
       <c r="G63" t="s">
-        <v>268</v>
+        <v>330</v>
       </c>
       <c r="H63" t="s">
-        <v>269</v>
+        <v>331</v>
       </c>
       <c r="I63" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K63" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:11">
-      <c r="A64">
-        <v>419</v>
+      <c r="A64" t="s">
+        <v>332</v>
       </c>
       <c r="B64" t="s">
-        <v>270</v>
+        <v>333</v>
       </c>
       <c r="C64" t="s">
-        <v>271</v>
+        <v>334</v>
       </c>
       <c r="D64" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E64">
         <v>76706</v>
       </c>
       <c r="F64">
         <v>2547995527</v>
       </c>
       <c r="G64" t="s">
-        <v>272</v>
+        <v>335</v>
       </c>
       <c r="H64" t="s">
-        <v>273</v>
+        <v>336</v>
       </c>
       <c r="I64" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J64" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:11">
-      <c r="A65">
-        <v>424</v>
+      <c r="A65" t="s">
+        <v>337</v>
       </c>
       <c r="B65" t="s">
-        <v>274</v>
+        <v>338</v>
       </c>
       <c r="C65" t="s">
-        <v>275</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E65">
         <v>78626</v>
       </c>
       <c r="F65">
         <v>7377732010</v>
       </c>
       <c r="G65" t="s">
-        <v>276</v>
+        <v>340</v>
       </c>
       <c r="H65" t="s">
-        <v>277</v>
+        <v>341</v>
       </c>
       <c r="I65" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K65" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:11">
-      <c r="A66">
-        <v>465</v>
+      <c r="A66" t="s">
+        <v>342</v>
       </c>
       <c r="B66" t="s">
-        <v>278</v>
+        <v>343</v>
       </c>
       <c r="C66" t="s">
-        <v>279</v>
+        <v>344</v>
       </c>
       <c r="D66" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E66">
         <v>78724</v>
       </c>
       <c r="F66">
         <v>5124161010</v>
       </c>
       <c r="G66" t="s">
-        <v>280</v>
+        <v>345</v>
       </c>
       <c r="H66" t="s">
-        <v>281</v>
+        <v>346</v>
       </c>
       <c r="I66" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J66" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K66" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:11">
-      <c r="A67">
-        <v>471</v>
+      <c r="A67" t="s">
+        <v>347</v>
       </c>
       <c r="B67" t="s">
-        <v>282</v>
+        <v>348</v>
       </c>
       <c r="C67" t="s">
-        <v>283</v>
+        <v>349</v>
       </c>
       <c r="D67" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E67">
         <v>78219</v>
       </c>
       <c r="F67">
         <v>2106666100</v>
       </c>
       <c r="G67" t="s">
-        <v>284</v>
+        <v>350</v>
       </c>
       <c r="H67" t="s">
-        <v>285</v>
+        <v>351</v>
       </c>
       <c r="I67" t="s">
-        <v>286</v>
+        <v>352</v>
       </c>
       <c r="J67" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K67" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:11">
-      <c r="A68">
-        <v>478</v>
+      <c r="A68" t="s">
+        <v>353</v>
       </c>
       <c r="B68" t="s">
-        <v>287</v>
+        <v>354</v>
       </c>
       <c r="C68" t="s">
-        <v>288</v>
+        <v>355</v>
       </c>
       <c r="D68" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E68">
         <v>78834</v>
       </c>
       <c r="F68">
         <v>8308760005</v>
       </c>
       <c r="G68" t="s">
-        <v>289</v>
+        <v>356</v>
       </c>
       <c r="H68" t="s">
-        <v>290</v>
+        <v>357</v>
       </c>
       <c r="I68" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J68" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K68" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:11">
-      <c r="A69">
-        <v>480</v>
+      <c r="A69" t="s">
+        <v>358</v>
       </c>
       <c r="B69" t="s">
-        <v>291</v>
+        <v>359</v>
       </c>
       <c r="C69" t="s">
-        <v>292</v>
+        <v>360</v>
       </c>
       <c r="D69" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E69">
         <v>78409</v>
       </c>
       <c r="F69">
         <v>3612411300</v>
       </c>
       <c r="G69" t="s">
-        <v>293</v>
+        <v>361</v>
       </c>
       <c r="H69" t="s">
-        <v>294</v>
+        <v>362</v>
       </c>
       <c r="I69" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K69" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:11">
-      <c r="A70">
-        <v>485</v>
+      <c r="A70" t="s">
+        <v>363</v>
       </c>
       <c r="B70" t="s">
-        <v>295</v>
+        <v>364</v>
       </c>
       <c r="C70" t="s">
-        <v>296</v>
+        <v>365</v>
       </c>
       <c r="D70" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E70">
         <v>78045</v>
       </c>
       <c r="F70">
         <v>9567181050</v>
       </c>
       <c r="G70" t="s">
-        <v>297</v>
+        <v>366</v>
       </c>
       <c r="H70" t="s">
-        <v>298</v>
+        <v>367</v>
       </c>
       <c r="I70" t="s">
-        <v>286</v>
+        <v>352</v>
       </c>
       <c r="J70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K70" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:11">
-      <c r="A71">
-        <v>492</v>
+      <c r="A71" t="s">
+        <v>368</v>
       </c>
       <c r="B71" t="s">
-        <v>299</v>
+        <v>369</v>
       </c>
       <c r="C71" t="s">
-        <v>300</v>
+        <v>370</v>
       </c>
       <c r="D71" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E71">
         <v>79563</v>
       </c>
       <c r="F71">
         <v>3256900144</v>
       </c>
       <c r="G71" t="s">
-        <v>301</v>
+        <v>371</v>
       </c>
       <c r="H71" t="s">
-        <v>302</v>
+        <v>372</v>
       </c>
       <c r="I71" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J71" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K71" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:11">
-      <c r="A72">
-        <v>488</v>
+      <c r="A72" t="s">
+        <v>373</v>
       </c>
       <c r="B72" t="s">
-        <v>303</v>
+        <v>374</v>
       </c>
       <c r="C72" t="s">
-        <v>304</v>
+        <v>375</v>
       </c>
       <c r="D72" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E72">
         <v>78552</v>
       </c>
       <c r="F72">
         <v>9564212511</v>
       </c>
       <c r="G72" t="s">
-        <v>305</v>
+        <v>376</v>
       </c>
       <c r="H72" t="s">
-        <v>306</v>
+        <v>377</v>
       </c>
       <c r="I72" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K72" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:11">
-      <c r="A73">
-        <v>486</v>
+      <c r="A73" t="s">
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>307</v>
+        <v>379</v>
       </c>
       <c r="C73" t="s">
-        <v>308</v>
+        <v>380</v>
       </c>
       <c r="D73" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E73">
         <v>78577</v>
       </c>
       <c r="F73">
         <v>9567029888</v>
       </c>
       <c r="G73" t="s">
-        <v>309</v>
+        <v>381</v>
       </c>
       <c r="H73" t="s">
-        <v>310</v>
+        <v>382</v>
       </c>
       <c r="I73" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J73" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K73" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:11">
-      <c r="A74">
-        <v>493</v>
+      <c r="A74" t="s">
+        <v>383</v>
       </c>
       <c r="B74" t="s">
-        <v>311</v>
+        <v>384</v>
       </c>
       <c r="C74" t="s">
-        <v>312</v>
+        <v>385</v>
       </c>
       <c r="D74" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E74">
         <v>76904</v>
       </c>
       <c r="F74">
         <v>3256177710</v>
       </c>
       <c r="G74" t="s">
-        <v>313</v>
+        <v>386</v>
       </c>
       <c r="H74" t="s">
-        <v>314</v>
+        <v>387</v>
       </c>
       <c r="I74" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K74" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:11">
-      <c r="A75">
-        <v>495</v>
+      <c r="A75" t="s">
+        <v>388</v>
       </c>
       <c r="B75" t="s">
-        <v>315</v>
+        <v>389</v>
       </c>
       <c r="C75" t="s">
-        <v>316</v>
+        <v>390</v>
       </c>
       <c r="D75" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E75">
         <v>79765</v>
       </c>
       <c r="F75">
         <v>4325635301</v>
       </c>
       <c r="G75" t="s">
-        <v>317</v>
+        <v>391</v>
       </c>
       <c r="H75" t="s">
-        <v>318</v>
+        <v>392</v>
       </c>
       <c r="I75" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J75" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K75" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:11">
-      <c r="A76">
-        <v>610</v>
+      <c r="A76" t="s">
+        <v>393</v>
       </c>
       <c r="B76" t="s">
-        <v>319</v>
+        <v>394</v>
       </c>
       <c r="C76" t="s">
-        <v>320</v>
+        <v>395</v>
       </c>
       <c r="D76" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E76">
         <v>85043</v>
       </c>
       <c r="F76">
         <v>6022692509</v>
       </c>
       <c r="G76" t="s">
-        <v>322</v>
+        <v>397</v>
       </c>
       <c r="H76" t="s">
-        <v>323</v>
+        <v>398</v>
       </c>
       <c r="I76" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K76" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:11">
-      <c r="A77">
-        <v>750</v>
+      <c r="A77" t="s">
+        <v>399</v>
       </c>
       <c r="B77" t="s">
-        <v>324</v>
+        <v>400</v>
       </c>
       <c r="C77" t="s">
-        <v>325</v>
+        <v>401</v>
       </c>
       <c r="D77" t="s">
-        <v>326</v>
+        <v>402</v>
       </c>
       <c r="E77">
         <v>89030</v>
       </c>
       <c r="F77">
         <v>7026430712</v>
       </c>
       <c r="G77" t="s">
-        <v>327</v>
+        <v>403</v>
       </c>
       <c r="H77" t="s">
-        <v>328</v>
+        <v>404</v>
       </c>
       <c r="I77" t="s">
-        <v>329</v>
+        <v>405</v>
       </c>
       <c r="J77" t="s">
-        <v>330</v>
+        <v>406</v>
       </c>
       <c r="K77" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:11">
-      <c r="A78">
-        <v>462</v>
+      <c r="A78" t="s">
+        <v>407</v>
       </c>
       <c r="B78" t="s">
-        <v>331</v>
+        <v>408</v>
       </c>
       <c r="C78" t="s">
-        <v>332</v>
+        <v>409</v>
       </c>
       <c r="D78" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E78">
         <v>77493</v>
       </c>
       <c r="F78">
         <v>2813710394</v>
       </c>
       <c r="G78" t="s">
-        <v>333</v>
+        <v>410</v>
       </c>
       <c r="H78" t="s">
-        <v>334</v>
+        <v>411</v>
       </c>
       <c r="I78" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K78" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:11">
-      <c r="A79">
-        <v>252</v>
+      <c r="A79" t="s">
+        <v>412</v>
       </c>
       <c r="B79" t="s">
-        <v>335</v>
+        <v>413</v>
       </c>
       <c r="C79" t="s">
-        <v>336</v>
+        <v>414</v>
       </c>
       <c r="D79" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E79">
         <v>39402</v>
       </c>
       <c r="F79">
         <v>6012960322</v>
       </c>
       <c r="G79" t="s">
-        <v>337</v>
+        <v>415</v>
       </c>
       <c r="H79" t="s">
-        <v>338</v>
+        <v>416</v>
       </c>
       <c r="I79" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J79" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K79" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:11">
-      <c r="A80">
-        <v>225</v>
+      <c r="A80" t="s">
+        <v>417</v>
       </c>
       <c r="B80" t="s">
-        <v>339</v>
+        <v>418</v>
       </c>
       <c r="C80" t="s">
-        <v>340</v>
+        <v>419</v>
       </c>
       <c r="D80" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E80">
         <v>35674</v>
       </c>
       <c r="F80">
         <v>2563869819</v>
       </c>
       <c r="G80" t="s">
-        <v>341</v>
+        <v>420</v>
       </c>
       <c r="H80" t="s">
-        <v>342</v>
+        <v>421</v>
       </c>
       <c r="I80" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K80" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:11">
-      <c r="A81">
-        <v>242</v>
+      <c r="A81" t="s">
+        <v>422</v>
       </c>
       <c r="B81" t="s">
-        <v>343</v>
+        <v>423</v>
       </c>
       <c r="C81" t="s">
-        <v>344</v>
+        <v>424</v>
       </c>
       <c r="D81" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E81">
         <v>37076</v>
       </c>
       <c r="F81">
         <v>6292164450</v>
       </c>
       <c r="G81" t="s">
-        <v>345</v>
+        <v>425</v>
       </c>
       <c r="H81" t="s">
-        <v>346</v>
+        <v>426</v>
       </c>
       <c r="I81" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K81" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:11">
-      <c r="A82">
-        <v>158</v>
+      <c r="A82" t="s">
+        <v>427</v>
       </c>
       <c r="B82" t="s">
-        <v>347</v>
+        <v>428</v>
       </c>
       <c r="C82" t="s">
-        <v>348</v>
+        <v>429</v>
       </c>
       <c r="D82" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E82">
         <v>30253</v>
       </c>
       <c r="F82">
         <v>6784325244</v>
       </c>
       <c r="G82" t="s">
-        <v>349</v>
+        <v>430</v>
       </c>
       <c r="H82" t="s">
-        <v>350</v>
+        <v>431</v>
       </c>
       <c r="I82" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K82" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:11">
-      <c r="A83">
-        <v>477</v>
+      <c r="A83" t="s">
+        <v>432</v>
       </c>
       <c r="B83" t="s">
-        <v>351</v>
+        <v>433</v>
       </c>
       <c r="C83" t="s">
-        <v>352</v>
+        <v>434</v>
       </c>
       <c r="D83" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E83">
         <v>78154</v>
       </c>
       <c r="F83">
         <v>2106514122</v>
       </c>
       <c r="G83" t="s">
-        <v>353</v>
+        <v>435</v>
       </c>
       <c r="H83" t="s">
-        <v>354</v>
+        <v>436</v>
       </c>
       <c r="I83" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K83" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:11">
-      <c r="A84">
-        <v>479</v>
+      <c r="A84" t="s">
+        <v>437</v>
       </c>
       <c r="B84" t="s">
-        <v>355</v>
+        <v>438</v>
       </c>
       <c r="C84" t="s">
-        <v>356</v>
+        <v>439</v>
       </c>
       <c r="D84" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E84">
         <v>78332</v>
       </c>
       <c r="F84">
         <v>3614492030</v>
       </c>
       <c r="G84" t="s">
-        <v>357</v>
+        <v>440</v>
       </c>
       <c r="H84" t="s">
-        <v>358</v>
+        <v>441</v>
       </c>
       <c r="I84" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J84" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K84" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:11">
-      <c r="A85">
-        <v>466</v>
+      <c r="A85" t="s">
+        <v>442</v>
       </c>
       <c r="B85" t="s">
-        <v>359</v>
+        <v>443</v>
       </c>
       <c r="C85" t="s">
-        <v>360</v>
+        <v>444</v>
       </c>
       <c r="D85" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E85">
         <v>78610</v>
       </c>
       <c r="F85">
         <v>5124783412</v>
       </c>
       <c r="G85" t="s">
-        <v>361</v>
+        <v>445</v>
       </c>
       <c r="H85" t="s">
-        <v>362</v>
+        <v>446</v>
       </c>
       <c r="I85" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K85" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:11">
-      <c r="A86">
-        <v>482</v>
+      <c r="A86" t="s">
+        <v>447</v>
       </c>
       <c r="B86" t="s">
-        <v>363</v>
+        <v>448</v>
       </c>
       <c r="C86" t="s">
-        <v>364</v>
+        <v>449</v>
       </c>
       <c r="D86" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E86">
         <v>77905</v>
       </c>
       <c r="F86">
         <v>3615764141</v>
       </c>
       <c r="G86" t="s">
-        <v>365</v>
+        <v>450</v>
       </c>
       <c r="H86" t="s">
-        <v>366</v>
+        <v>451</v>
       </c>
       <c r="I86" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J86" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K86" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:11">
-      <c r="A87">
-        <v>487</v>
+      <c r="A87" t="s">
+        <v>452</v>
       </c>
       <c r="B87" t="s">
-        <v>367</v>
+        <v>453</v>
       </c>
       <c r="C87" t="s">
-        <v>368</v>
+        <v>454</v>
       </c>
       <c r="D87" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E87">
         <v>78599</v>
       </c>
       <c r="F87">
         <v>9569688138</v>
       </c>
       <c r="G87" t="s">
-        <v>369</v>
+        <v>455</v>
       </c>
       <c r="H87" t="s">
-        <v>370</v>
+        <v>456</v>
       </c>
       <c r="I87" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K87" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:11">
-      <c r="A88">
-        <v>497</v>
+      <c r="A88" t="s">
+        <v>457</v>
       </c>
       <c r="B88" t="s">
-        <v>371</v>
+        <v>458</v>
       </c>
       <c r="C88" t="s">
-        <v>372</v>
+        <v>459</v>
       </c>
       <c r="D88" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E88">
         <v>79772</v>
       </c>
       <c r="F88">
         <v>4324472006</v>
       </c>
       <c r="G88" t="s">
-        <v>373</v>
+        <v>460</v>
       </c>
       <c r="H88" t="s">
-        <v>374</v>
+        <v>461</v>
       </c>
       <c r="I88" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K88" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:11">
-      <c r="A89">
-        <v>498</v>
+      <c r="A89" t="s">
+        <v>462</v>
       </c>
       <c r="B89" t="s">
-        <v>375</v>
+        <v>463</v>
       </c>
       <c r="C89" t="s">
-        <v>376</v>
+        <v>464</v>
       </c>
       <c r="D89" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E89">
         <v>79928</v>
       </c>
       <c r="F89">
         <v>9155322615</v>
       </c>
       <c r="G89" t="s">
-        <v>377</v>
+        <v>465</v>
       </c>
       <c r="H89" t="s">
-        <v>378</v>
+        <v>466</v>
       </c>
       <c r="I89" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K89" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:11">
-      <c r="A90">
-        <v>520</v>
+      <c r="A90" t="s">
+        <v>467</v>
       </c>
       <c r="B90" t="s">
-        <v>379</v>
+        <v>468</v>
       </c>
       <c r="C90" t="s">
-        <v>380</v>
+        <v>469</v>
       </c>
       <c r="D90" t="s">
-        <v>381</v>
+        <v>470</v>
       </c>
       <c r="E90">
         <v>88220</v>
       </c>
       <c r="F90">
         <v>5752364805</v>
       </c>
       <c r="G90" t="s">
-        <v>382</v>
+        <v>471</v>
       </c>
       <c r="H90" t="s">
-        <v>383</v>
+        <v>472</v>
       </c>
       <c r="I90" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J90" t="s">
-        <v>330</v>
+        <v>406</v>
       </c>
       <c r="K90" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:11">
-      <c r="A91">
-        <v>620</v>
+      <c r="A91" t="s">
+        <v>473</v>
       </c>
       <c r="B91" t="s">
-        <v>384</v>
+        <v>474</v>
       </c>
       <c r="C91" t="s">
-        <v>385</v>
+        <v>475</v>
       </c>
       <c r="D91" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E91">
         <v>86001</v>
       </c>
       <c r="F91">
         <v>9287744535</v>
       </c>
       <c r="G91" t="s">
-        <v>386</v>
+        <v>476</v>
       </c>
       <c r="H91" t="s">
-        <v>387</v>
+        <v>477</v>
       </c>
       <c r="I91" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J91" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K91" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:11">
-      <c r="A92">
-        <v>226</v>
+      <c r="A92" t="s">
+        <v>478</v>
       </c>
       <c r="B92" t="s">
-        <v>388</v>
+        <v>479</v>
       </c>
       <c r="C92" t="s">
-        <v>389</v>
+        <v>480</v>
       </c>
       <c r="D92" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E92">
-        <v>37660</v>
+        <v>37663</v>
       </c>
       <c r="F92">
         <v>4232454129</v>
       </c>
       <c r="G92" t="s">
-        <v>390</v>
+        <v>481</v>
       </c>
       <c r="H92" t="s">
-        <v>391</v>
+        <v>482</v>
       </c>
       <c r="I92" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J92" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K92" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:11">
-      <c r="A93">
-        <v>230</v>
+      <c r="A93" t="s">
+        <v>483</v>
       </c>
       <c r="B93" t="s">
-        <v>392</v>
+        <v>484</v>
       </c>
       <c r="C93" t="s">
-        <v>393</v>
+        <v>485</v>
       </c>
       <c r="D93" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E93">
         <v>37924</v>
       </c>
       <c r="F93">
         <v>8656335035</v>
       </c>
       <c r="G93" t="s">
-        <v>394</v>
+        <v>486</v>
       </c>
       <c r="H93" t="s">
-        <v>395</v>
+        <v>487</v>
       </c>
       <c r="I93" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J93" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K93" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:11">
-      <c r="A94">
-        <v>361</v>
+      <c r="A94" t="s">
+        <v>488</v>
       </c>
       <c r="B94" t="s">
-        <v>396</v>
+        <v>489</v>
       </c>
       <c r="C94" t="s">
-        <v>247</v>
+        <v>304</v>
       </c>
       <c r="D94" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="E94">
         <v>73128</v>
       </c>
       <c r="F94">
         <v>4057455789</v>
       </c>
       <c r="G94" t="s">
-        <v>397</v>
+        <v>490</v>
       </c>
       <c r="H94" t="s">
-        <v>249</v>
+        <v>306</v>
       </c>
       <c r="I94" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J94" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K94" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:11">
-      <c r="A95">
-        <v>157</v>
+      <c r="A95" t="s">
+        <v>491</v>
       </c>
       <c r="B95" t="s">
-        <v>398</v>
+        <v>492</v>
       </c>
       <c r="C95" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="D95" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E95">
         <v>30507</v>
       </c>
       <c r="F95">
         <v>6789890924</v>
       </c>
       <c r="G95" t="s">
-        <v>399</v>
+        <v>493</v>
       </c>
       <c r="H95" t="s">
-        <v>400</v>
+        <v>494</v>
       </c>
       <c r="I95" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J95" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K95" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:11">
-      <c r="A96">
-        <v>613</v>
+      <c r="A96" t="s">
+        <v>495</v>
       </c>
       <c r="B96" t="s">
-        <v>401</v>
+        <v>496</v>
       </c>
       <c r="C96" t="s">
-        <v>320</v>
+        <v>395</v>
       </c>
       <c r="D96" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E96">
         <v>85009</v>
       </c>
       <c r="F96">
         <v>6022729308</v>
       </c>
       <c r="G96" t="s">
-        <v>402</v>
+        <v>497</v>
       </c>
       <c r="H96" t="s">
-        <v>323</v>
+        <v>398</v>
       </c>
       <c r="I96" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J96" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K96" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:11">
-      <c r="A97">
-        <v>602</v>
+      <c r="A97" t="s">
+        <v>498</v>
       </c>
       <c r="B97" t="s">
-        <v>403</v>
+        <v>499</v>
       </c>
       <c r="C97" t="s">
-        <v>404</v>
+        <v>500</v>
       </c>
       <c r="D97" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E97">
         <v>87506</v>
       </c>
       <c r="F97">
         <v>5208886001</v>
       </c>
       <c r="G97" t="s">
-        <v>405</v>
+        <v>501</v>
       </c>
       <c r="H97" t="s">
-        <v>406</v>
+        <v>502</v>
       </c>
       <c r="I97" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J97" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K97" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:11">
-      <c r="A98">
-        <v>502</v>
+      <c r="A98" t="s">
+        <v>503</v>
       </c>
       <c r="B98" t="s">
-        <v>407</v>
+        <v>504</v>
       </c>
       <c r="C98" t="s">
-        <v>408</v>
+        <v>505</v>
       </c>
       <c r="D98" t="s">
-        <v>381</v>
+        <v>470</v>
       </c>
       <c r="E98">
         <v>87121</v>
       </c>
       <c r="F98">
         <v>5053441687</v>
       </c>
       <c r="G98" t="s">
-        <v>409</v>
+        <v>506</v>
       </c>
       <c r="H98" t="s">
-        <v>410</v>
+        <v>507</v>
       </c>
       <c r="I98" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J98" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K98" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:11">
-      <c r="A99">
-        <v>626</v>
+      <c r="A99" t="s">
+        <v>508</v>
       </c>
       <c r="B99" t="s">
-        <v>411</v>
+        <v>509</v>
       </c>
       <c r="C99" t="s">
-        <v>412</v>
+        <v>510</v>
       </c>
       <c r="D99" t="s">
-        <v>413</v>
+        <v>511</v>
       </c>
       <c r="E99">
         <v>84790</v>
       </c>
       <c r="F99">
         <v>4356734163</v>
       </c>
       <c r="G99" t="s">
-        <v>414</v>
+        <v>512</v>
       </c>
       <c r="H99" t="s">
-        <v>415</v>
+        <v>513</v>
       </c>
       <c r="I99" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J99" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K99" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:11">
-      <c r="A100">
-        <v>243</v>
+      <c r="A100" t="s">
+        <v>514</v>
       </c>
       <c r="B100" t="s">
-        <v>416</v>
+        <v>515</v>
       </c>
       <c r="C100" t="s">
-        <v>417</v>
+        <v>516</v>
       </c>
       <c r="D100" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E100">
         <v>37055</v>
       </c>
       <c r="F100">
         <v>6155607000</v>
       </c>
       <c r="G100" t="s">
-        <v>418</v>
+        <v>517</v>
       </c>
       <c r="H100" t="s">
-        <v>419</v>
+        <v>518</v>
       </c>
       <c r="I100" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J100" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K100" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:11">
-      <c r="A101">
-        <v>625</v>
+      <c r="A101" t="s">
+        <v>519</v>
       </c>
       <c r="B101" t="s">
-        <v>420</v>
+        <v>520</v>
       </c>
       <c r="C101" t="s">
-        <v>421</v>
+        <v>521</v>
       </c>
       <c r="D101" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E101">
         <v>85364</v>
       </c>
       <c r="F101">
         <v>9289554040</v>
       </c>
       <c r="G101" t="s">
-        <v>422</v>
+        <v>522</v>
       </c>
       <c r="H101" t="s">
-        <v>423</v>
+        <v>523</v>
       </c>
       <c r="I101" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J101" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K101" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:11">
-      <c r="A102">
-        <v>609</v>
+      <c r="A102" t="s">
+        <v>524</v>
       </c>
       <c r="B102" t="s">
-        <v>424</v>
+        <v>525</v>
       </c>
       <c r="C102" t="s">
-        <v>425</v>
+        <v>526</v>
       </c>
       <c r="D102" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E102">
         <v>85201</v>
       </c>
       <c r="F102">
         <v>4806817005</v>
       </c>
       <c r="G102" t="s">
-        <v>426</v>
+        <v>527</v>
       </c>
       <c r="H102" t="s">
-        <v>427</v>
+        <v>528</v>
       </c>
       <c r="I102" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:11">
-      <c r="A103">
-        <v>752</v>
+      <c r="A103" t="s">
+        <v>529</v>
       </c>
       <c r="B103" t="s">
-        <v>428</v>
+        <v>530</v>
       </c>
       <c r="C103" t="s">
-        <v>429</v>
+        <v>531</v>
       </c>
       <c r="D103" t="s">
-        <v>326</v>
+        <v>402</v>
       </c>
       <c r="E103">
         <v>89415</v>
       </c>
       <c r="F103">
         <v>7759459057</v>
       </c>
       <c r="G103" t="s">
-        <v>430</v>
+        <v>532</v>
       </c>
       <c r="H103" t="s">
-        <v>431</v>
+        <v>533</v>
       </c>
       <c r="I103" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J103" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K103" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:11">
-      <c r="A104">
-        <v>624</v>
+      <c r="A104" t="s">
+        <v>534</v>
       </c>
       <c r="B104" t="s">
-        <v>432</v>
+        <v>535</v>
       </c>
       <c r="C104" t="s">
-        <v>433</v>
+        <v>536</v>
       </c>
       <c r="D104" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E104">
         <v>86409</v>
       </c>
       <c r="F104">
         <v>9285656644</v>
       </c>
       <c r="G104" t="s">
-        <v>434</v>
+        <v>537</v>
       </c>
       <c r="H104" t="s">
-        <v>435</v>
+        <v>538</v>
       </c>
       <c r="I104" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J104" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K104" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:11">
-      <c r="A105">
-        <v>311</v>
+      <c r="A105" t="s">
+        <v>539</v>
       </c>
       <c r="B105" t="s">
-        <v>436</v>
+        <v>540</v>
       </c>
       <c r="C105" t="s">
-        <v>437</v>
+        <v>541</v>
       </c>
       <c r="D105" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E105">
         <v>70583</v>
       </c>
       <c r="F105">
         <v>3372678580</v>
       </c>
       <c r="G105" t="s">
-        <v>438</v>
+        <v>542</v>
       </c>
       <c r="H105" t="s">
-        <v>439</v>
+        <v>543</v>
       </c>
       <c r="I105" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J105" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K105" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:11">
-      <c r="A106">
-        <v>240</v>
+      <c r="A106" t="s">
+        <v>544</v>
       </c>
       <c r="B106" t="s">
-        <v>440</v>
+        <v>545</v>
       </c>
       <c r="C106" t="s">
-        <v>441</v>
+        <v>546</v>
       </c>
       <c r="D106" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E106">
         <v>37086</v>
       </c>
       <c r="F106">
         <v>6159032525</v>
       </c>
       <c r="G106" t="s">
-        <v>442</v>
+        <v>547</v>
       </c>
       <c r="H106" t="s">
-        <v>443</v>
+        <v>548</v>
       </c>
       <c r="I106" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J106" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K106" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:11">
-      <c r="A107">
-        <v>705</v>
+      <c r="A107" t="s">
+        <v>549</v>
       </c>
       <c r="B107" t="s">
-        <v>444</v>
+        <v>550</v>
       </c>
       <c r="C107" t="s">
-        <v>445</v>
+        <v>551</v>
       </c>
       <c r="D107" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E107">
         <v>92883</v>
       </c>
       <c r="F107">
         <v>9516667100</v>
       </c>
       <c r="G107" t="s">
-        <v>447</v>
+        <v>553</v>
       </c>
       <c r="H107" t="s">
-        <v>448</v>
+        <v>554</v>
       </c>
       <c r="I107" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J107" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K107" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:11">
-      <c r="A108">
-        <v>707</v>
+      <c r="A108" t="s">
+        <v>555</v>
       </c>
       <c r="B108" t="s">
-        <v>449</v>
+        <v>556</v>
       </c>
       <c r="C108" t="s">
-        <v>450</v>
+        <v>557</v>
       </c>
       <c r="D108" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E108">
         <v>91746</v>
       </c>
       <c r="F108">
         <v>6263338998</v>
       </c>
       <c r="G108" t="s">
-        <v>451</v>
+        <v>558</v>
       </c>
       <c r="H108" t="s">
-        <v>452</v>
+        <v>559</v>
       </c>
       <c r="I108" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J108" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K108" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:11">
-      <c r="A109">
-        <v>709</v>
+      <c r="A109" t="s">
+        <v>560</v>
       </c>
       <c r="B109" t="s">
-        <v>453</v>
+        <v>561</v>
       </c>
       <c r="C109" t="s">
-        <v>454</v>
+        <v>562</v>
       </c>
       <c r="D109" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E109">
         <v>92708</v>
       </c>
       <c r="F109">
         <v>6576552800</v>
       </c>
       <c r="G109" t="s">
-        <v>455</v>
+        <v>563</v>
       </c>
       <c r="H109" t="s">
-        <v>456</v>
+        <v>564</v>
       </c>
       <c r="I109" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J109" t="s">
-        <v>457</v>
+        <v>565</v>
       </c>
       <c r="K109" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:11">
-      <c r="A110">
-        <v>710</v>
+      <c r="A110" t="s">
+        <v>566</v>
       </c>
       <c r="B110" t="s">
-        <v>458</v>
+        <v>567</v>
       </c>
       <c r="C110" t="s">
-        <v>459</v>
+        <v>568</v>
       </c>
       <c r="D110" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E110">
         <v>90746</v>
       </c>
       <c r="F110">
         <v>5628007701</v>
       </c>
       <c r="G110" t="s">
-        <v>460</v>
+        <v>569</v>
       </c>
       <c r="H110" t="s">
-        <v>461</v>
+        <v>570</v>
       </c>
       <c r="I110" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J110" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K110" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:11">
-      <c r="A111">
-        <v>140</v>
+      <c r="A111" t="s">
+        <v>571</v>
       </c>
       <c r="B111" t="s">
-        <v>462</v>
+        <v>572</v>
       </c>
       <c r="C111" t="s">
-        <v>463</v>
+        <v>573</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E111">
         <v>32343</v>
       </c>
       <c r="F111">
         <v>8505804010</v>
       </c>
       <c r="G111" t="s">
-        <v>464</v>
+        <v>574</v>
       </c>
       <c r="H111" t="s">
-        <v>465</v>
+        <v>575</v>
       </c>
       <c r="I111" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J111" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K111" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:11">
-      <c r="A112">
-        <v>261</v>
+      <c r="A112" t="s">
+        <v>576</v>
       </c>
       <c r="B112" t="s">
-        <v>466</v>
+        <v>577</v>
       </c>
       <c r="C112" t="s">
-        <v>225</v>
+        <v>276</v>
       </c>
       <c r="D112" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E112">
         <v>39218</v>
       </c>
       <c r="F112">
         <v>6019364702</v>
       </c>
       <c r="G112" t="s">
-        <v>467</v>
+        <v>578</v>
       </c>
       <c r="H112" t="s">
-        <v>227</v>
+        <v>278</v>
       </c>
       <c r="I112" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J112" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K112" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:11">
-      <c r="A113">
-        <v>708</v>
+      <c r="A113" t="s">
+        <v>579</v>
       </c>
       <c r="B113" t="s">
-        <v>468</v>
+        <v>580</v>
       </c>
       <c r="C113" t="s">
-        <v>469</v>
+        <v>581</v>
       </c>
       <c r="D113" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E113">
         <v>91733</v>
       </c>
       <c r="F113">
         <v>6264420297</v>
       </c>
       <c r="G113" t="s">
-        <v>470</v>
+        <v>582</v>
       </c>
       <c r="H113" t="s">
-        <v>471</v>
+        <v>583</v>
       </c>
       <c r="I113" t="s">
-        <v>472</v>
+        <v>584</v>
       </c>
       <c r="J113" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K113" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:11">
-      <c r="A114">
-        <v>745</v>
+      <c r="A114" t="s">
+        <v>585</v>
       </c>
       <c r="B114" t="s">
-        <v>473</v>
+        <v>586</v>
       </c>
       <c r="C114" t="s">
-        <v>474</v>
+        <v>587</v>
       </c>
       <c r="D114" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E114">
         <v>92020</v>
       </c>
       <c r="F114">
         <v>8587587333</v>
       </c>
       <c r="G114" t="s">
-        <v>475</v>
+        <v>588</v>
       </c>
       <c r="H114" t="s">
-        <v>476</v>
+        <v>589</v>
       </c>
       <c r="I114" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J114" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K114" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:11">
-      <c r="A115">
-        <v>176</v>
+      <c r="A115" t="s">
+        <v>590</v>
       </c>
       <c r="B115" t="s">
-        <v>477</v>
+        <v>591</v>
       </c>
       <c r="C115" t="s">
-        <v>412</v>
+        <v>510</v>
       </c>
       <c r="D115" t="s">
-        <v>478</v>
+        <v>592</v>
       </c>
       <c r="E115">
         <v>29477</v>
       </c>
       <c r="F115">
         <v>8435638436</v>
       </c>
       <c r="G115" t="s">
-        <v>479</v>
+        <v>593</v>
       </c>
       <c r="H115" t="s">
-        <v>480</v>
+        <v>594</v>
       </c>
       <c r="I115" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J115" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K115" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:11">
-      <c r="A116">
-        <v>154</v>
+      <c r="A116" t="s">
+        <v>595</v>
       </c>
       <c r="B116" t="s">
-        <v>481</v>
+        <v>596</v>
       </c>
       <c r="C116" t="s">
-        <v>482</v>
+        <v>597</v>
       </c>
       <c r="D116" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E116">
         <v>31705</v>
       </c>
       <c r="F116">
         <v>2299203030</v>
       </c>
       <c r="G116" t="s">
-        <v>483</v>
+        <v>598</v>
       </c>
       <c r="H116" t="s">
-        <v>484</v>
+        <v>599</v>
       </c>
       <c r="I116" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J116" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K116" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:11">
-      <c r="A117">
-        <v>239</v>
+      <c r="A117" t="s">
+        <v>600</v>
       </c>
       <c r="B117" t="s">
-        <v>485</v>
+        <v>601</v>
       </c>
       <c r="C117" t="s">
-        <v>486</v>
+        <v>602</v>
       </c>
       <c r="D117" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E117">
         <v>37129</v>
       </c>
       <c r="F117">
         <v>6158960200</v>
       </c>
       <c r="G117" t="s">
-        <v>487</v>
+        <v>603</v>
       </c>
       <c r="H117" t="s">
-        <v>488</v>
+        <v>604</v>
       </c>
       <c r="I117" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J117" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K117" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:11">
-      <c r="A118">
+      <c r="A118" t="s">
+        <v>605</v>
+      </c>
+      <c r="B118" t="s">
+        <v>606</v>
+      </c>
+      <c r="C118" t="s">
+        <v>607</v>
+      </c>
+      <c r="D118" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E118">
         <v>35756</v>
       </c>
       <c r="F118">
         <v>9389022001</v>
       </c>
       <c r="G118" t="s">
-        <v>491</v>
+        <v>608</v>
       </c>
       <c r="H118" t="s">
-        <v>492</v>
+        <v>609</v>
       </c>
       <c r="I118" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J118" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K118" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:11">
-      <c r="A119">
-        <v>510</v>
+      <c r="A119" t="s">
+        <v>610</v>
       </c>
       <c r="B119" t="s">
-        <v>493</v>
+        <v>611</v>
       </c>
       <c r="C119" t="s">
-        <v>494</v>
+        <v>612</v>
       </c>
       <c r="D119" t="s">
-        <v>381</v>
+        <v>470</v>
       </c>
       <c r="E119">
         <v>88063</v>
       </c>
       <c r="F119">
         <v>5755891100</v>
       </c>
       <c r="G119" t="s">
-        <v>495</v>
+        <v>613</v>
       </c>
       <c r="H119" t="s">
-        <v>496</v>
+        <v>614</v>
       </c>
       <c r="I119" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J119" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K119" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:11">
-      <c r="A120">
-        <v>515</v>
+      <c r="A120" t="s">
+        <v>615</v>
       </c>
       <c r="B120" t="s">
-        <v>497</v>
+        <v>616</v>
       </c>
       <c r="C120" t="s">
-        <v>498</v>
+        <v>617</v>
       </c>
       <c r="D120" t="s">
-        <v>381</v>
+        <v>470</v>
       </c>
       <c r="E120">
         <v>87401</v>
       </c>
       <c r="F120">
         <v>5053274703</v>
       </c>
       <c r="G120" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="H120" t="s">
-        <v>500</v>
+        <v>619</v>
       </c>
       <c r="I120" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J120" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K120" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:11">
-      <c r="A121">
-        <v>535</v>
+      <c r="A121" t="s">
+        <v>620</v>
       </c>
       <c r="B121" t="s">
-        <v>501</v>
+        <v>621</v>
       </c>
       <c r="C121" t="s">
-        <v>502</v>
+        <v>622</v>
       </c>
       <c r="D121" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E121">
         <v>80022</v>
       </c>
       <c r="F121">
         <v>3032288944</v>
       </c>
       <c r="G121" t="s">
-        <v>504</v>
+        <v>624</v>
       </c>
       <c r="H121" t="s">
-        <v>505</v>
+        <v>625</v>
       </c>
       <c r="I121" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J121" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K121" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:11">
-      <c r="A122">
-        <v>530</v>
+      <c r="A122" t="s">
+        <v>626</v>
       </c>
       <c r="B122" t="s">
-        <v>506</v>
+        <v>627</v>
       </c>
       <c r="C122" t="s">
-        <v>507</v>
+        <v>628</v>
       </c>
       <c r="D122" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E122">
         <v>80631</v>
       </c>
       <c r="F122">
         <v>9704544068</v>
       </c>
       <c r="G122" t="s">
-        <v>508</v>
+        <v>629</v>
       </c>
       <c r="H122" t="s">
-        <v>509</v>
+        <v>630</v>
       </c>
       <c r="I122" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J122" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K122" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:11">
-      <c r="A123">
-        <v>539</v>
+      <c r="A123" t="s">
+        <v>631</v>
       </c>
       <c r="B123" t="s">
-        <v>510</v>
+        <v>632</v>
       </c>
       <c r="C123" t="s">
-        <v>511</v>
+        <v>633</v>
       </c>
       <c r="D123" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E123">
         <v>80033</v>
       </c>
       <c r="F123">
         <v>3034222300</v>
       </c>
       <c r="G123" t="s">
-        <v>512</v>
+        <v>634</v>
       </c>
       <c r="H123" t="s">
-        <v>513</v>
+        <v>635</v>
       </c>
       <c r="I123" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J123" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K123" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:11">
-      <c r="A124">
-        <v>540</v>
+      <c r="A124" t="s">
+        <v>636</v>
       </c>
       <c r="B124" t="s">
-        <v>514</v>
+        <v>637</v>
       </c>
       <c r="C124" t="s">
-        <v>515</v>
+        <v>638</v>
       </c>
       <c r="D124" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E124">
         <v>80239</v>
       </c>
       <c r="F124">
         <v>7209052005</v>
       </c>
       <c r="G124" t="s">
-        <v>516</v>
+        <v>639</v>
       </c>
       <c r="H124" t="s">
-        <v>517</v>
+        <v>640</v>
       </c>
       <c r="I124" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J124" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K124" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:11">
-      <c r="A125">
-        <v>542</v>
+      <c r="A125" t="s">
+        <v>641</v>
       </c>
       <c r="B125" t="s">
-        <v>518</v>
+        <v>642</v>
       </c>
       <c r="C125" t="s">
-        <v>519</v>
+        <v>643</v>
       </c>
       <c r="D125" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E125">
         <v>80905</v>
       </c>
       <c r="F125">
         <v>7196324686</v>
       </c>
       <c r="G125" t="s">
-        <v>520</v>
+        <v>644</v>
       </c>
       <c r="H125" t="s">
-        <v>521</v>
+        <v>645</v>
       </c>
       <c r="I125" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J125" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K125" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:11">
-      <c r="A126">
-        <v>543</v>
+      <c r="A126" t="s">
+        <v>646</v>
       </c>
       <c r="B126" t="s">
-        <v>522</v>
+        <v>647</v>
       </c>
       <c r="C126" t="s">
-        <v>523</v>
+        <v>648</v>
       </c>
       <c r="D126" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E126">
         <v>81008</v>
       </c>
       <c r="F126">
         <v>7195430402</v>
       </c>
       <c r="G126" t="s">
-        <v>524</v>
+        <v>649</v>
       </c>
       <c r="H126" t="s">
-        <v>525</v>
+        <v>650</v>
       </c>
       <c r="I126" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J126" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K126" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:11">
-      <c r="A127">
-        <v>545</v>
+      <c r="A127" t="s">
+        <v>651</v>
       </c>
       <c r="B127" t="s">
-        <v>526</v>
+        <v>652</v>
       </c>
       <c r="C127" t="s">
-        <v>527</v>
+        <v>653</v>
       </c>
       <c r="D127" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E127">
         <v>81625</v>
       </c>
       <c r="F127">
         <v>9708247094</v>
       </c>
       <c r="G127" t="s">
-        <v>528</v>
+        <v>654</v>
       </c>
       <c r="H127" t="s">
-        <v>529</v>
+        <v>655</v>
       </c>
       <c r="I127" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J127" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K127" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:11">
-      <c r="A128">
-        <v>547</v>
+      <c r="A128" t="s">
+        <v>656</v>
       </c>
       <c r="B128" t="s">
-        <v>530</v>
+        <v>657</v>
       </c>
       <c r="C128" t="s">
-        <v>531</v>
+        <v>658</v>
       </c>
       <c r="D128" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E128">
         <v>81401</v>
       </c>
       <c r="F128">
         <v>9702401611</v>
       </c>
       <c r="G128" t="s">
-        <v>532</v>
+        <v>659</v>
       </c>
       <c r="H128" t="s">
-        <v>533</v>
+        <v>660</v>
       </c>
       <c r="I128" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J128" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K128" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:11">
-      <c r="A129">
-        <v>550</v>
+      <c r="A129" t="s">
+        <v>661</v>
       </c>
       <c r="B129" t="s">
-        <v>534</v>
+        <v>662</v>
       </c>
       <c r="C129" t="s">
-        <v>535</v>
+        <v>663</v>
       </c>
       <c r="D129" t="s">
-        <v>503</v>
+        <v>623</v>
       </c>
       <c r="E129">
         <v>81505</v>
       </c>
       <c r="F129">
         <v>9702459500</v>
       </c>
       <c r="G129" t="s">
-        <v>536</v>
+        <v>664</v>
       </c>
       <c r="H129" t="s">
-        <v>537</v>
+        <v>665</v>
       </c>
       <c r="I129" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J129" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K129" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:11">
-      <c r="A130">
-        <v>611</v>
+      <c r="A130" t="s">
+        <v>666</v>
       </c>
       <c r="B130" t="s">
-        <v>538</v>
+        <v>667</v>
       </c>
       <c r="C130" t="s">
-        <v>320</v>
+        <v>395</v>
       </c>
       <c r="D130" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E130">
         <v>85019</v>
       </c>
       <c r="F130">
         <v>6022727601</v>
       </c>
       <c r="G130" t="s">
-        <v>539</v>
+        <v>668</v>
       </c>
       <c r="H130" t="s">
-        <v>323</v>
+        <v>398</v>
       </c>
       <c r="I130" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J130" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K130" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:11">
-      <c r="A131">
-        <v>628</v>
+      <c r="A131" t="s">
+        <v>669</v>
       </c>
       <c r="B131" t="s">
-        <v>540</v>
+        <v>670</v>
       </c>
       <c r="C131" t="s">
-        <v>541</v>
+        <v>671</v>
       </c>
       <c r="D131" t="s">
-        <v>413</v>
+        <v>511</v>
       </c>
       <c r="E131">
         <v>84501</v>
       </c>
       <c r="F131">
         <v>4356374846</v>
       </c>
       <c r="G131" t="s">
-        <v>542</v>
+        <v>672</v>
       </c>
       <c r="H131" t="s">
-        <v>543</v>
+        <v>673</v>
       </c>
       <c r="I131" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J131" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K131" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:11">
-      <c r="A132">
-        <v>629</v>
+      <c r="A132" t="s">
+        <v>674</v>
       </c>
       <c r="B132" t="s">
-        <v>544</v>
+        <v>675</v>
       </c>
       <c r="C132" t="s">
-        <v>545</v>
+        <v>676</v>
       </c>
       <c r="D132" t="s">
-        <v>413</v>
+        <v>511</v>
       </c>
       <c r="E132">
         <v>84654</v>
       </c>
       <c r="F132">
         <v>4355299876</v>
       </c>
       <c r="G132" t="s">
-        <v>546</v>
+        <v>677</v>
       </c>
       <c r="H132" t="s">
-        <v>547</v>
+        <v>678</v>
       </c>
       <c r="I132" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J132" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="K132" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:11">
-      <c r="A133">
-        <v>637</v>
+      <c r="A133" t="s">
+        <v>679</v>
       </c>
       <c r="B133" t="s">
-        <v>548</v>
+        <v>680</v>
       </c>
       <c r="C133" t="s">
-        <v>549</v>
+        <v>681</v>
       </c>
       <c r="D133" t="s">
-        <v>413</v>
+        <v>511</v>
       </c>
       <c r="E133">
         <v>84404</v>
       </c>
       <c r="F133">
         <v>8016275833</v>
       </c>
       <c r="G133" t="s">
-        <v>550</v>
+        <v>682</v>
       </c>
       <c r="H133" t="s">
-        <v>551</v>
+        <v>683</v>
       </c>
       <c r="I133" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J133" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K133" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:11">
-      <c r="A134">
-        <v>630</v>
+      <c r="A134" t="s">
+        <v>684</v>
       </c>
       <c r="B134" t="s">
-        <v>552</v>
+        <v>685</v>
       </c>
       <c r="C134" t="s">
-        <v>553</v>
+        <v>686</v>
       </c>
       <c r="D134" t="s">
-        <v>413</v>
+        <v>511</v>
       </c>
       <c r="E134">
         <v>84601</v>
       </c>
       <c r="F134">
         <v>8013742800</v>
       </c>
       <c r="G134" t="s">
-        <v>554</v>
+        <v>687</v>
       </c>
       <c r="H134" t="s">
-        <v>555</v>
+        <v>688</v>
       </c>
       <c r="I134" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J134" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K134" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:11">
-      <c r="A135">
-        <v>640</v>
+      <c r="A135" t="s">
+        <v>689</v>
       </c>
       <c r="B135" t="s">
-        <v>556</v>
+        <v>690</v>
       </c>
       <c r="C135" t="s">
-        <v>557</v>
+        <v>691</v>
       </c>
       <c r="D135" t="s">
-        <v>413</v>
+        <v>511</v>
       </c>
       <c r="E135">
         <v>84120</v>
       </c>
       <c r="F135">
         <v>8014871087</v>
       </c>
       <c r="G135" t="s">
-        <v>558</v>
+        <v>692</v>
       </c>
       <c r="H135" t="s">
-        <v>559</v>
+        <v>693</v>
       </c>
       <c r="I135" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J135" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K135" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:11">
-      <c r="A136">
-        <v>730</v>
+      <c r="A136" t="s">
+        <v>694</v>
       </c>
       <c r="B136" t="s">
-        <v>560</v>
+        <v>695</v>
       </c>
       <c r="C136" t="s">
-        <v>561</v>
+        <v>696</v>
       </c>
       <c r="D136" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E136">
         <v>95206</v>
       </c>
       <c r="F136">
         <v>2099839495</v>
       </c>
       <c r="G136" t="s">
-        <v>562</v>
+        <v>697</v>
       </c>
       <c r="H136" t="s">
-        <v>563</v>
+        <v>698</v>
       </c>
       <c r="I136" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J136" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K136" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:11">
-      <c r="A137">
-        <v>732</v>
+      <c r="A137" t="s">
+        <v>699</v>
       </c>
       <c r="B137" t="s">
-        <v>564</v>
+        <v>700</v>
       </c>
       <c r="C137" t="s">
-        <v>565</v>
+        <v>701</v>
       </c>
       <c r="D137" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E137">
         <v>95380</v>
       </c>
       <c r="F137">
         <v>2096684254</v>
       </c>
       <c r="G137" t="s">
-        <v>566</v>
+        <v>702</v>
       </c>
       <c r="H137" t="s">
-        <v>567</v>
+        <v>703</v>
       </c>
       <c r="I137" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J137" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K137" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:11">
-      <c r="A138">
-        <v>735</v>
+      <c r="A138" t="s">
+        <v>704</v>
       </c>
       <c r="B138" t="s">
-        <v>568</v>
+        <v>705</v>
       </c>
       <c r="C138" t="s">
-        <v>569</v>
+        <v>706</v>
       </c>
       <c r="D138" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E138">
         <v>93901</v>
       </c>
       <c r="F138">
         <v>8317831565</v>
       </c>
       <c r="G138" t="s">
-        <v>570</v>
+        <v>707</v>
       </c>
       <c r="H138" t="s">
-        <v>571</v>
+        <v>708</v>
       </c>
       <c r="I138" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J138" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K138" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:11">
-      <c r="A139">
-        <v>738</v>
+      <c r="A139" t="s">
+        <v>709</v>
       </c>
       <c r="B139" t="s">
-        <v>572</v>
+        <v>710</v>
       </c>
       <c r="C139" t="s">
-        <v>573</v>
+        <v>711</v>
       </c>
       <c r="D139" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E139">
         <v>94553</v>
       </c>
       <c r="F139">
         <v>9253729056</v>
       </c>
       <c r="G139" t="s">
-        <v>574</v>
+        <v>712</v>
       </c>
       <c r="H139" t="s">
-        <v>575</v>
+        <v>713</v>
       </c>
       <c r="I139" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J139" t="s">
-        <v>576</v>
+        <v>714</v>
       </c>
       <c r="K139" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:11">
-      <c r="A140">
-        <v>753</v>
+      <c r="A140" t="s">
+        <v>715</v>
       </c>
       <c r="B140" t="s">
-        <v>577</v>
+        <v>716</v>
       </c>
       <c r="C140" t="s">
-        <v>325</v>
+        <v>401</v>
       </c>
       <c r="D140" t="s">
-        <v>326</v>
+        <v>402</v>
       </c>
       <c r="E140">
         <v>89115</v>
       </c>
       <c r="F140">
         <v>7026437033</v>
       </c>
       <c r="G140" t="s">
-        <v>578</v>
+        <v>717</v>
       </c>
       <c r="H140" t="s">
-        <v>579</v>
+        <v>718</v>
       </c>
       <c r="I140" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J140" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K140" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:11">
-      <c r="A141">
-        <v>759</v>
+      <c r="A141" t="s">
+        <v>719</v>
       </c>
       <c r="B141" t="s">
-        <v>580</v>
+        <v>720</v>
       </c>
       <c r="C141" t="s">
-        <v>581</v>
+        <v>721</v>
       </c>
       <c r="D141" t="s">
-        <v>326</v>
+        <v>402</v>
       </c>
       <c r="E141">
         <v>89431</v>
       </c>
       <c r="F141">
         <v>7753558883</v>
       </c>
       <c r="G141" t="s">
-        <v>582</v>
+        <v>722</v>
       </c>
       <c r="H141" t="s">
-        <v>583</v>
+        <v>723</v>
       </c>
       <c r="I141" t="s">
-        <v>584</v>
+        <v>724</v>
       </c>
       <c r="J141" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="K141" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
     </row>
     <row r="142" spans="1:11">
-      <c r="A142">
-        <v>760</v>
+      <c r="A142" t="s">
+        <v>725</v>
       </c>
       <c r="B142" t="s">
-        <v>585</v>
+        <v>726</v>
       </c>
       <c r="C142" t="s">
-        <v>586</v>
+        <v>727</v>
       </c>
       <c r="D142" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E142">
         <v>95112</v>
       </c>
       <c r="F142">
         <v>4083501600</v>
       </c>
       <c r="G142" t="s">
-        <v>587</v>
+        <v>728</v>
       </c>
       <c r="H142" t="s">
-        <v>588</v>
+        <v>729</v>
       </c>
       <c r="I142" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J142" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K142" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:11">
-      <c r="A143">
-        <v>765</v>
+      <c r="A143" t="s">
+        <v>730</v>
       </c>
       <c r="B143" t="s">
-        <v>589</v>
+        <v>731</v>
       </c>
       <c r="C143" t="s">
-        <v>590</v>
+        <v>732</v>
       </c>
       <c r="D143" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E143">
         <v>95811</v>
       </c>
       <c r="F143">
         <v>9164474220</v>
       </c>
       <c r="G143" t="s">
-        <v>591</v>
+        <v>733</v>
       </c>
       <c r="H143" t="s">
-        <v>592</v>
+        <v>734</v>
       </c>
       <c r="I143" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J143" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K143" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:11">
-      <c r="A144">
-        <v>763</v>
+      <c r="A144" t="s">
+        <v>735</v>
       </c>
       <c r="B144" t="s">
-        <v>593</v>
+        <v>736</v>
       </c>
       <c r="C144" t="s">
-        <v>594</v>
+        <v>737</v>
       </c>
       <c r="D144" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E144">
         <v>94621</v>
       </c>
       <c r="F144">
         <v>5105698769</v>
       </c>
       <c r="G144" t="s">
-        <v>595</v>
+        <v>738</v>
       </c>
       <c r="H144" t="s">
-        <v>596</v>
+        <v>739</v>
       </c>
       <c r="I144" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J144" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K144" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:11">
-      <c r="A145">
-        <v>774</v>
+      <c r="A145" t="s">
+        <v>740</v>
       </c>
       <c r="B145" t="s">
-        <v>597</v>
+        <v>741</v>
       </c>
       <c r="C145" t="s">
-        <v>598</v>
+        <v>742</v>
       </c>
       <c r="D145" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E145">
         <v>95482</v>
       </c>
       <c r="F145">
         <v>7074623519</v>
       </c>
       <c r="G145" t="s">
-        <v>599</v>
+        <v>743</v>
       </c>
       <c r="H145" t="s">
-        <v>600</v>
+        <v>744</v>
       </c>
       <c r="I145" t="s">
-        <v>601</v>
+        <v>745</v>
       </c>
       <c r="J145" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K145" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:11">
-      <c r="A146">
-        <v>775</v>
+      <c r="A146" t="s">
+        <v>746</v>
       </c>
       <c r="B146" t="s">
-        <v>602</v>
+        <v>747</v>
       </c>
       <c r="C146" t="s">
-        <v>603</v>
+        <v>748</v>
       </c>
       <c r="D146" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E146">
         <v>95407</v>
       </c>
       <c r="F146">
         <v>7075458740</v>
       </c>
       <c r="G146" t="s">
-        <v>604</v>
+        <v>749</v>
       </c>
       <c r="H146" t="s">
-        <v>605</v>
+        <v>750</v>
       </c>
       <c r="I146" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J146" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K146" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:11">
-      <c r="A147">
-        <v>351</v>
+      <c r="A147" t="s">
+        <v>751</v>
       </c>
       <c r="B147" t="s">
-        <v>606</v>
+        <v>752</v>
       </c>
       <c r="C147" t="s">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="D147" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="E147">
         <v>74116</v>
       </c>
       <c r="F147">
         <v>9186001123</v>
       </c>
       <c r="G147" t="s">
-        <v>607</v>
+        <v>753</v>
       </c>
       <c r="H147" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="I147" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J147" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K147" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:11">
-      <c r="A148">
-        <v>134</v>
+      <c r="A148" t="s">
+        <v>754</v>
       </c>
       <c r="B148" t="s">
-        <v>608</v>
+        <v>755</v>
       </c>
       <c r="C148" t="s">
-        <v>609</v>
+        <v>756</v>
       </c>
       <c r="D148" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E148">
         <v>31636</v>
       </c>
       <c r="F148">
         <v>2295591913</v>
       </c>
       <c r="G148" t="s">
-        <v>610</v>
+        <v>757</v>
       </c>
       <c r="H148" t="s">
-        <v>611</v>
+        <v>758</v>
       </c>
       <c r="I148" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J148" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K148" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:11">
-      <c r="A149">
-        <v>713</v>
+      <c r="A149" t="s">
+        <v>759</v>
       </c>
       <c r="B149" t="s">
-        <v>612</v>
+        <v>760</v>
       </c>
       <c r="C149" t="s">
-        <v>613</v>
+        <v>761</v>
       </c>
       <c r="D149" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E149">
         <v>93455</v>
       </c>
       <c r="F149">
         <v>8056230500</v>
       </c>
       <c r="G149" t="s">
-        <v>614</v>
+        <v>762</v>
       </c>
       <c r="H149" t="s">
-        <v>615</v>
+        <v>763</v>
       </c>
       <c r="I149" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J149" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K149" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:11">
-      <c r="A150">
-        <v>714</v>
+      <c r="A150" t="s">
+        <v>764</v>
       </c>
       <c r="B150" t="s">
-        <v>616</v>
+        <v>765</v>
       </c>
       <c r="C150" t="s">
-        <v>617</v>
+        <v>766</v>
       </c>
       <c r="D150" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E150">
         <v>93268</v>
       </c>
       <c r="F150">
         <v>6617631800</v>
       </c>
       <c r="G150" t="s">
-        <v>618</v>
+        <v>767</v>
       </c>
       <c r="H150" t="s">
-        <v>619</v>
+        <v>768</v>
       </c>
       <c r="I150" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J150" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K150" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:11">
-      <c r="A151">
-        <v>715</v>
+      <c r="A151" t="s">
+        <v>769</v>
       </c>
       <c r="B151" t="s">
-        <v>620</v>
+        <v>770</v>
       </c>
       <c r="C151" t="s">
-        <v>621</v>
+        <v>771</v>
       </c>
       <c r="D151" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E151">
         <v>93308</v>
       </c>
       <c r="F151">
         <v>6613910887</v>
       </c>
       <c r="G151" t="s">
-        <v>622</v>
+        <v>772</v>
       </c>
       <c r="H151" t="s">
-        <v>623</v>
+        <v>773</v>
       </c>
       <c r="I151" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J151" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K151" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:11">
-      <c r="A152">
-        <v>716</v>
+      <c r="A152" t="s">
+        <v>774</v>
       </c>
       <c r="B152" t="s">
-        <v>624</v>
+        <v>775</v>
       </c>
       <c r="C152" t="s">
-        <v>621</v>
+        <v>771</v>
       </c>
       <c r="D152" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E152">
         <v>93308</v>
       </c>
       <c r="F152">
         <v>6615892893</v>
       </c>
       <c r="G152" t="s">
-        <v>625</v>
+        <v>776</v>
       </c>
       <c r="H152" t="s">
-        <v>623</v>
+        <v>773</v>
       </c>
       <c r="I152" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J152" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K152" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:11">
-      <c r="A153">
-        <v>717</v>
+      <c r="A153" t="s">
+        <v>777</v>
       </c>
       <c r="B153" t="s">
-        <v>626</v>
+        <v>778</v>
       </c>
       <c r="C153" t="s">
-        <v>627</v>
+        <v>779</v>
       </c>
       <c r="D153" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E153">
         <v>93215</v>
       </c>
       <c r="F153">
         <v>6617253387</v>
       </c>
       <c r="G153" t="s">
-        <v>628</v>
+        <v>780</v>
       </c>
       <c r="H153" t="s">
-        <v>629</v>
+        <v>781</v>
       </c>
       <c r="I153" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J153" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K153" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:11">
-      <c r="A154">
-        <v>719</v>
+      <c r="A154" t="s">
+        <v>782</v>
       </c>
       <c r="B154" t="s">
-        <v>630</v>
+        <v>783</v>
       </c>
       <c r="C154" t="s">
-        <v>631</v>
+        <v>784</v>
       </c>
       <c r="D154" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E154">
         <v>93272</v>
       </c>
       <c r="F154">
         <v>5597528473</v>
       </c>
       <c r="G154" t="s">
-        <v>632</v>
+        <v>785</v>
       </c>
       <c r="H154" t="s">
-        <v>633</v>
+        <v>786</v>
       </c>
       <c r="I154" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J154" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K154" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:11">
-      <c r="A155">
-        <v>720</v>
+      <c r="A155" t="s">
+        <v>787</v>
       </c>
       <c r="B155" t="s">
-        <v>634</v>
+        <v>788</v>
       </c>
       <c r="C155" t="s">
-        <v>635</v>
+        <v>789</v>
       </c>
       <c r="D155" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E155">
         <v>93274</v>
       </c>
       <c r="F155">
         <v>5596863313</v>
       </c>
       <c r="G155" t="s">
-        <v>636</v>
+        <v>790</v>
       </c>
       <c r="H155" t="s">
-        <v>637</v>
+        <v>791</v>
       </c>
       <c r="I155" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J155" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K155" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:11">
-      <c r="A156">
-        <v>721</v>
+      <c r="A156" t="s">
+        <v>792</v>
       </c>
       <c r="B156" t="s">
-        <v>638</v>
+        <v>793</v>
       </c>
       <c r="C156" t="s">
-        <v>639</v>
+        <v>794</v>
       </c>
       <c r="D156" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E156">
         <v>93257</v>
       </c>
       <c r="F156">
         <v>5597882024</v>
       </c>
       <c r="G156" t="s">
-        <v>640</v>
+        <v>795</v>
       </c>
       <c r="H156" t="s">
-        <v>641</v>
+        <v>796</v>
       </c>
       <c r="I156" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J156" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="K156" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:11">
-      <c r="A157">
-        <v>722</v>
+      <c r="A157" t="s">
+        <v>797</v>
       </c>
       <c r="B157" t="s">
-        <v>642</v>
+        <v>798</v>
       </c>
       <c r="C157" t="s">
-        <v>643</v>
+        <v>799</v>
       </c>
       <c r="D157" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E157">
         <v>93291</v>
       </c>
       <c r="F157">
         <v>5596512020</v>
       </c>
       <c r="G157" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="H157" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="I157" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J157" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K157" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:11">
-      <c r="A158">
-        <v>724</v>
+      <c r="A158" t="s">
+        <v>802</v>
       </c>
       <c r="B158" t="s">
-        <v>646</v>
+        <v>803</v>
       </c>
       <c r="C158" t="s">
-        <v>647</v>
+        <v>804</v>
       </c>
       <c r="D158" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E158">
         <v>93221</v>
       </c>
       <c r="F158">
         <v>5595922734</v>
       </c>
       <c r="G158" t="s">
-        <v>648</v>
+        <v>805</v>
       </c>
       <c r="H158" t="s">
-        <v>649</v>
+        <v>806</v>
       </c>
       <c r="I158" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K158" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:11">
-      <c r="A159">
-        <v>725</v>
+      <c r="A159" t="s">
+        <v>807</v>
       </c>
       <c r="B159" t="s">
-        <v>650</v>
+        <v>808</v>
       </c>
       <c r="C159" t="s">
-        <v>651</v>
+        <v>809</v>
       </c>
       <c r="D159" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E159">
         <v>93725</v>
       </c>
       <c r="F159">
         <v>5592644982</v>
       </c>
       <c r="G159" t="s">
-        <v>652</v>
+        <v>810</v>
       </c>
       <c r="H159" t="s">
-        <v>653</v>
+        <v>811</v>
       </c>
       <c r="I159" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J159" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K159" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:11">
-      <c r="A160">
-        <v>905</v>
+      <c r="A160" t="s">
+        <v>812</v>
       </c>
       <c r="B160" t="s">
-        <v>654</v>
+        <v>813</v>
       </c>
       <c r="C160" t="s">
-        <v>655</v>
+        <v>814</v>
       </c>
       <c r="D160" t="s">
-        <v>183</v>
+        <v>224</v>
       </c>
       <c r="E160">
         <v>35022</v>
       </c>
       <c r="F160">
         <v>2058484300</v>
       </c>
       <c r="G160" t="s">
-        <v>656</v>
+        <v>815</v>
       </c>
       <c r="H160" t="s">
-        <v>657</v>
+        <v>816</v>
       </c>
       <c r="I160" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J160" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K160" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:11">
-      <c r="A161">
-        <v>901</v>
+      <c r="A161" t="s">
+        <v>817</v>
       </c>
       <c r="B161" t="s">
-        <v>658</v>
+        <v>818</v>
       </c>
       <c r="C161" t="s">
-        <v>659</v>
+        <v>819</v>
       </c>
       <c r="D161" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E161">
         <v>33837</v>
       </c>
       <c r="F161">
         <v>6892058700</v>
       </c>
       <c r="G161" t="s">
-        <v>660</v>
+        <v>820</v>
       </c>
       <c r="H161" t="s">
-        <v>661</v>
+        <v>821</v>
       </c>
       <c r="I161" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J161" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K161" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:11">
-      <c r="A162">
-        <v>930</v>
+      <c r="A162" t="s">
+        <v>822</v>
       </c>
       <c r="B162" t="s">
-        <v>662</v>
+        <v>823</v>
       </c>
       <c r="C162" t="s">
-        <v>663</v>
+        <v>824</v>
       </c>
       <c r="D162" t="s">
-        <v>664</v>
+        <v>825</v>
       </c>
       <c r="E162">
         <v>65708</v>
       </c>
       <c r="F162">
         <v>4172357836</v>
       </c>
       <c r="G162" t="s">
-        <v>665</v>
+        <v>826</v>
       </c>
       <c r="H162" t="s">
-        <v>666</v>
+        <v>827</v>
       </c>
       <c r="I162" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J162" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K162" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:11">
-      <c r="A163">
-        <v>915</v>
+      <c r="A163" t="s">
+        <v>828</v>
       </c>
       <c r="B163" t="s">
-        <v>667</v>
+        <v>829</v>
       </c>
       <c r="C163" t="s">
-        <v>668</v>
+        <v>830</v>
       </c>
       <c r="D163" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="E163">
         <v>76063</v>
       </c>
       <c r="F163">
         <v>9723522701</v>
       </c>
       <c r="G163" t="s">
-        <v>669</v>
+        <v>831</v>
       </c>
       <c r="H163" t="s">
-        <v>670</v>
+        <v>832</v>
       </c>
       <c r="I163" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J163" t="s">
-        <v>671</v>
+        <v>833</v>
       </c>
       <c r="K163" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:11">
-      <c r="A164">
-        <v>932</v>
+      <c r="A164" t="s">
+        <v>834</v>
       </c>
       <c r="B164" t="s">
-        <v>672</v>
+        <v>835</v>
       </c>
       <c r="C164" t="s">
-        <v>673</v>
+        <v>836</v>
       </c>
       <c r="D164" t="s">
-        <v>664</v>
+        <v>825</v>
       </c>
       <c r="E164">
         <v>63301</v>
       </c>
       <c r="F164">
         <v>6367246441</v>
       </c>
       <c r="G164" t="s">
-        <v>674</v>
+        <v>837</v>
       </c>
       <c r="H164" t="s">
-        <v>675</v>
+        <v>838</v>
       </c>
       <c r="I164" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J164" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K164" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:11">
-      <c r="A165">
-        <v>910</v>
+      <c r="A165" t="s">
+        <v>839</v>
       </c>
       <c r="B165" t="s">
-        <v>676</v>
+        <v>840</v>
       </c>
       <c r="C165" t="s">
-        <v>221</v>
+        <v>271</v>
       </c>
       <c r="D165" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E165">
         <v>39440</v>
       </c>
       <c r="F165">
         <v>6016498104</v>
       </c>
       <c r="G165" t="s">
-        <v>677</v>
+        <v>841</v>
       </c>
       <c r="H165" t="s">
-        <v>223</v>
+        <v>273</v>
       </c>
       <c r="I165" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J165" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K165" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>678</v>
+        <v>842</v>
       </c>
       <c r="B166" t="s">
-        <v>679</v>
+        <v>843</v>
       </c>
       <c r="C166" t="s">
-        <v>320</v>
+        <v>395</v>
       </c>
       <c r="D166" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="E166">
         <v>85019</v>
       </c>
       <c r="F166">
         <v>6022727601</v>
       </c>
       <c r="G166" t="s">
-        <v>680</v>
+        <v>844</v>
       </c>
       <c r="H166" t="s">
-        <v>681</v>
+        <v>845</v>
       </c>
       <c r="I166" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J166" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K166" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>682</v>
+        <v>846</v>
       </c>
       <c r="B167" t="s">
-        <v>683</v>
+        <v>847</v>
       </c>
       <c r="C167" t="s">
-        <v>684</v>
+        <v>848</v>
       </c>
       <c r="D167" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E167">
         <v>37043</v>
       </c>
       <c r="F167">
         <v>9315913008</v>
       </c>
       <c r="G167" t="s">
-        <v>685</v>
+        <v>849</v>
       </c>
       <c r="H167" t="s">
-        <v>686</v>
+        <v>850</v>
       </c>
       <c r="I167" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J167" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K167" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>687</v>
+        <v>851</v>
       </c>
       <c r="B168" t="s">
-        <v>688</v>
+        <v>852</v>
       </c>
       <c r="C168" t="s">
-        <v>689</v>
+        <v>853</v>
       </c>
       <c r="D168" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E168">
         <v>92078</v>
       </c>
       <c r="F168">
         <v>4423855200</v>
       </c>
       <c r="G168" t="s">
-        <v>690</v>
+        <v>854</v>
       </c>
       <c r="H168" t="s">
-        <v>691</v>
+        <v>855</v>
       </c>
       <c r="I168" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J168" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K168" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>692</v>
+        <v>856</v>
       </c>
       <c r="B169" t="s">
-        <v>693</v>
+        <v>857</v>
       </c>
       <c r="C169" t="s">
-        <v>694</v>
+        <v>858</v>
       </c>
       <c r="D169" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E169">
         <v>92316</v>
       </c>
       <c r="F169">
         <v>8402550100</v>
       </c>
       <c r="G169" t="s">
-        <v>695</v>
+        <v>859</v>
       </c>
       <c r="H169" t="s">
-        <v>696</v>
+        <v>860</v>
       </c>
       <c r="I169" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J169" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K169" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>697</v>
+        <v>861</v>
       </c>
       <c r="B170" t="s">
-        <v>698</v>
+        <v>862</v>
       </c>
       <c r="C170" t="s">
-        <v>699</v>
+        <v>863</v>
       </c>
       <c r="D170" t="s">
-        <v>700</v>
+        <v>864</v>
       </c>
       <c r="E170">
         <v>83705</v>
       </c>
       <c r="F170">
         <v>2085752252</v>
       </c>
       <c r="G170" t="s">
-        <v>701</v>
+        <v>865</v>
       </c>
       <c r="H170" t="s">
-        <v>702</v>
+        <v>866</v>
       </c>
       <c r="I170" t="s">
-        <v>703</v>
+        <v>867</v>
       </c>
       <c r="J170" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K170" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>704</v>
+        <v>868</v>
       </c>
       <c r="B171" t="s">
-        <v>705</v>
+        <v>869</v>
       </c>
       <c r="C171" t="s">
-        <v>706</v>
+        <v>870</v>
       </c>
       <c r="D171" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E171" t="s">
-        <v>707</v>
+        <v>871</v>
       </c>
       <c r="F171">
         <v>9129646798</v>
       </c>
       <c r="G171" t="s">
-        <v>708</v>
+        <v>872</v>
       </c>
       <c r="H171" t="s">
-        <v>709</v>
+        <v>873</v>
       </c>
       <c r="I171" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J171" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K171" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>710</v>
+        <v>874</v>
       </c>
       <c r="B172" t="s">
-        <v>711</v>
+        <v>875</v>
       </c>
       <c r="C172" t="s">
-        <v>706</v>
+        <v>870</v>
       </c>
       <c r="D172" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E172" t="s">
-        <v>707</v>
+        <v>871</v>
       </c>
       <c r="F172">
         <v>9129646798</v>
       </c>
       <c r="G172" t="s">
-        <v>712</v>
+        <v>876</v>
       </c>
       <c r="H172" t="s">
-        <v>709</v>
+        <v>873</v>
       </c>
       <c r="I172" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J172" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K172" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>713</v>
+        <v>877</v>
       </c>
       <c r="B173" t="s">
-        <v>714</v>
+        <v>878</v>
       </c>
       <c r="C173" t="s">
-        <v>715</v>
+        <v>879</v>
       </c>
       <c r="D173" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E173">
         <v>31021</v>
       </c>
       <c r="F173">
         <v>4782722151</v>
       </c>
       <c r="G173" t="s">
-        <v>716</v>
+        <v>880</v>
       </c>
       <c r="H173" t="s">
-        <v>717</v>
+        <v>881</v>
       </c>
       <c r="I173" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J173" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K173" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>718</v>
+        <v>882</v>
       </c>
       <c r="B174" t="s">
-        <v>719</v>
+        <v>883</v>
       </c>
       <c r="C174" t="s">
-        <v>720</v>
+        <v>884</v>
       </c>
       <c r="D174" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E174" t="s">
-        <v>721</v>
+        <v>885</v>
       </c>
       <c r="F174">
         <v>9124372390</v>
       </c>
       <c r="G174" t="s">
-        <v>722</v>
+        <v>886</v>
       </c>
       <c r="H174" t="s">
-        <v>723</v>
+        <v>887</v>
       </c>
       <c r="I174" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J174" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K174" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>724</v>
+        <v>888</v>
       </c>
       <c r="B175" t="s">
-        <v>725</v>
+        <v>889</v>
       </c>
       <c r="C175" t="s">
-        <v>726</v>
+        <v>890</v>
       </c>
       <c r="D175" t="s">
-        <v>478</v>
+        <v>592</v>
       </c>
       <c r="E175">
         <v>29485</v>
       </c>
       <c r="F175">
         <v>8437233367</v>
       </c>
       <c r="G175" t="s">
-        <v>727</v>
+        <v>891</v>
       </c>
       <c r="H175" t="s">
-        <v>728</v>
+        <v>892</v>
       </c>
       <c r="I175" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J175" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K175" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>729</v>
+        <v>893</v>
       </c>
       <c r="B176" t="s">
-        <v>730</v>
+        <v>894</v>
       </c>
       <c r="C176" t="s">
-        <v>731</v>
+        <v>895</v>
       </c>
       <c r="D176" t="s">
-        <v>478</v>
+        <v>592</v>
       </c>
       <c r="E176">
         <v>29303</v>
       </c>
       <c r="F176">
         <v>8648746011</v>
       </c>
       <c r="G176" t="s">
-        <v>732</v>
+        <v>896</v>
       </c>
       <c r="H176" t="s">
-        <v>733</v>
+        <v>897</v>
       </c>
       <c r="I176" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J176" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K176" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>734</v>
+        <v>898</v>
       </c>
       <c r="B177" t="s">
-        <v>735</v>
+        <v>899</v>
       </c>
       <c r="C177" t="s">
-        <v>736</v>
+        <v>900</v>
       </c>
       <c r="D177" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E177">
         <v>21211</v>
       </c>
       <c r="F177">
         <v>4783822701</v>
       </c>
       <c r="G177" t="s">
-        <v>737</v>
+        <v>901</v>
       </c>
       <c r="H177" t="s">
-        <v>738</v>
+        <v>902</v>
       </c>
       <c r="I177" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J177" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K177" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:11">
-      <c r="A178">
-        <v>655</v>
+      <c r="A178" t="s">
+        <v>903</v>
       </c>
       <c r="B178" t="s">
-        <v>739</v>
+        <v>904</v>
       </c>
       <c r="C178" t="s">
-        <v>740</v>
+        <v>905</v>
       </c>
       <c r="D178" t="s">
-        <v>700</v>
+        <v>864</v>
       </c>
       <c r="E178">
         <v>83401</v>
       </c>
       <c r="F178">
         <v>9868002070</v>
       </c>
       <c r="G178" t="s">
-        <v>741</v>
+        <v>906</v>
       </c>
       <c r="H178" t="s">
-        <v>742</v>
+        <v>907</v>
       </c>
       <c r="I178" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J178" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K178" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:11">
-      <c r="A179">
-        <v>503</v>
+      <c r="A179" t="s">
+        <v>908</v>
       </c>
       <c r="B179" t="s">
-        <v>743</v>
+        <v>909</v>
       </c>
       <c r="C179" t="s">
-        <v>408</v>
+        <v>505</v>
       </c>
       <c r="D179" t="s">
-        <v>381</v>
+        <v>470</v>
       </c>
       <c r="E179">
         <v>87107</v>
       </c>
       <c r="F179">
         <v>5058840686</v>
       </c>
       <c r="G179" t="s">
-        <v>744</v>
+        <v>910</v>
       </c>
       <c r="H179" t="s">
-        <v>745</v>
+        <v>911</v>
       </c>
       <c r="I179" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J179" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K179" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:11">
-      <c r="A180">
-        <v>296</v>
+      <c r="A180" t="s">
+        <v>912</v>
       </c>
       <c r="B180" t="s">
-        <v>746</v>
+        <v>913</v>
       </c>
       <c r="C180" t="s">
-        <v>747</v>
+        <v>914</v>
       </c>
       <c r="D180" t="s">
-        <v>748</v>
+        <v>915</v>
       </c>
       <c r="E180">
         <v>40055</v>
       </c>
       <c r="F180">
         <v>5027433877</v>
       </c>
       <c r="G180" t="s">
-        <v>749</v>
+        <v>916</v>
       </c>
       <c r="H180" t="s">
-        <v>750</v>
+        <v>917</v>
       </c>
       <c r="I180" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="J180" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K180" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:11">
-      <c r="A181">
-        <v>985</v>
+      <c r="A181" t="s">
+        <v>918</v>
       </c>
       <c r="B181" t="s">
-        <v>751</v>
+        <v>919</v>
       </c>
       <c r="C181" t="s">
-        <v>635</v>
+        <v>789</v>
       </c>
       <c r="D181" t="s">
-        <v>446</v>
+        <v>552</v>
       </c>
       <c r="E181">
         <v>93274</v>
       </c>
-      <c r="F181" t="s">
-        <v>752</v>
+      <c r="F181">
+        <v>5596865456</v>
       </c>
       <c r="G181" t="s">
-        <v>753</v>
+        <v>920</v>
       </c>
       <c r="H181" t="s">
-        <v>754</v>
+        <v>921</v>
       </c>
       <c r="I181" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J181" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K181" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:11">
-      <c r="A182">
-        <v>319</v>
+      <c r="A182" t="s">
+        <v>922</v>
       </c>
       <c r="B182" t="s">
-        <v>755</v>
+        <v>923</v>
       </c>
       <c r="C182" t="s">
-        <v>756</v>
+        <v>924</v>
       </c>
       <c r="D182" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E182" t="s">
-        <v>757</v>
+        <v>925</v>
       </c>
       <c r="F182">
         <v>3183199414</v>
       </c>
       <c r="G182" t="s">
-        <v>758</v>
+        <v>926</v>
       </c>
       <c r="H182" t="s">
-        <v>759</v>
+        <v>927</v>
       </c>
       <c r="I182" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J182" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K182" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:11">
+      <c r="A183" t="s">
+        <v>928</v>
+      </c>
+      <c r="B183" t="s">
+        <v>929</v>
+      </c>
+      <c r="C183" t="s">
+        <v>930</v>
+      </c>
+      <c r="D183" t="s">
+        <v>552</v>
+      </c>
+      <c r="E183">
+        <v>93610</v>
+      </c>
+      <c r="F183">
+        <v>5596654952</v>
+      </c>
+      <c r="G183" t="s">
+        <v>931</v>
+      </c>
       <c r="H183" t="s">
-        <v>760</v>
+        <v>932</v>
+      </c>
+      <c r="I183" t="s">
+        <v>32</v>
+      </c>
+      <c r="J183" t="s">
+        <v>26</v>
+      </c>
+      <c r="K183" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>