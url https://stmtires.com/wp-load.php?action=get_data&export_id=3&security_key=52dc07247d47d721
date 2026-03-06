--- v1 (2026-01-20)
+++ v2 (2026-03-06)
@@ -803,83 +803,83 @@
   <si>
     <t>Jasper</t>
   </si>
   <si>
     <t>stm216@stmtires.com</t>
   </si>
   <si>
     <t>-87.279831, 33.832303</t>
   </si>
   <si>
     <t>STM-250</t>
   </si>
   <si>
     <t>12045 Shriners Blvd.</t>
   </si>
   <si>
     <t>Biloxi</t>
   </si>
   <si>
     <t>stm250@stmtires.com</t>
   </si>
   <si>
     <t>-88.933283, 30.408026</t>
   </si>
   <si>
+    <t>STM-255</t>
+  </si>
+  <si>
+    <t>226 Industrial Park Rd.</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>stm255@stmtires.com</t>
+  </si>
+  <si>
+    <t>-89.801872, 31.218188</t>
+  </si>
+  <si>
+    <t>STM-256</t>
+  </si>
+  <si>
+    <t>2926 Ellisville Blvd.</t>
+  </si>
+  <si>
+    <t>Laurel</t>
+  </si>
+  <si>
+    <t>stm256@stmtires.com</t>
+  </si>
+  <si>
+    <t>-89.146756, 31.694497</t>
+  </si>
+  <si>
     <t>7am-5:30pm</t>
   </si>
   <si>
-    <t>STM-255</t>
-[...28 lines deleted...]
-  <si>
     <t>STM-260</t>
   </si>
   <si>
     <t>428 Hwy 49 S</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>stm260@stmtires.com</t>
   </si>
   <si>
     <t>-90.1804886, 32.2986908</t>
   </si>
   <si>
     <t>STM-310</t>
   </si>
   <si>
     <t>2209 W Willow St.</t>
   </si>
   <si>
     <t>Lafayette</t>
   </si>
   <si>
     <t>stm310@stmtires.com</t>
@@ -1229,53 +1229,50 @@
   <si>
     <t>stm610@stmtires.com</t>
   </si>
   <si>
     <t>-112.073821, 33.448263</t>
   </si>
   <si>
     <t>STM-750</t>
   </si>
   <si>
     <t>3420 Losee Rd.</t>
   </si>
   <si>
     <t>Las Vegas</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>stm750@stmtires.com</t>
   </si>
   <si>
     <t>-115.1399689, 36.1719093</t>
   </si>
   <si>
-    <t>6am-5pm</t>
-[...1 lines deleted...]
-  <si>
     <t>9am-12pm</t>
   </si>
   <si>
     <t>STM-462</t>
   </si>
   <si>
     <t>1150 D Katy Fort Bend Rd</t>
   </si>
   <si>
     <t>Katy</t>
   </si>
   <si>
     <t>stm462@stmtires.com</t>
   </si>
   <si>
     <t>-95.817464, 29.801613</t>
   </si>
   <si>
     <t>STM-252</t>
   </si>
   <si>
     <t>6895 US Hwy 49</t>
   </si>
   <si>
     <t>Hattiesburg</t>
@@ -2343,50 +2340,53 @@
     <t>-119.457428, 35.1424713</t>
   </si>
   <si>
     <t>STM-715</t>
   </si>
   <si>
     <t>8450 Goldenstate Hwy</t>
   </si>
   <si>
     <t>Bakersfield</t>
   </si>
   <si>
     <t>stm715@stmtires.com</t>
   </si>
   <si>
     <t>-119.018911, 35.373405</t>
   </si>
   <si>
     <t>STM-716</t>
   </si>
   <si>
     <t>7118 Rosedale Hwy</t>
   </si>
   <si>
     <t>stm716@stmtires.com</t>
+  </si>
+  <si>
+    <t>Temporary Closed</t>
   </si>
   <si>
     <t>STM-717</t>
   </si>
   <si>
     <t>14308 County Line Road</t>
   </si>
   <si>
     <t>Delano</t>
   </si>
   <si>
     <t>stm717@stmtires.com</t>
   </si>
   <si>
     <t>-119.243864, 35.761331</t>
   </si>
   <si>
     <t>STM-719</t>
   </si>
   <si>
     <t>391 South Graham Road</t>
   </si>
   <si>
     <t>Tipton</t>
   </si>
@@ -4588,54 +4588,54 @@
       <c r="A41" t="s">
         <v>216</v>
       </c>
       <c r="B41" t="s">
         <v>217</v>
       </c>
       <c r="C41" t="s">
         <v>218</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41">
         <v>30241</v>
       </c>
       <c r="F41">
         <v>7068121618</v>
       </c>
       <c r="G41" t="s">
         <v>219</v>
       </c>
       <c r="H41" t="s">
         <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>159</v>
+        <v>32</v>
       </c>
       <c r="J41" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="K41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>221</v>
       </c>
       <c r="B42" t="s">
         <v>222</v>
       </c>
       <c r="C42" t="s">
         <v>223</v>
       </c>
       <c r="D42" t="s">
         <v>224</v>
       </c>
       <c r="E42">
         <v>36502</v>
       </c>
       <c r="F42">
         <v>2514468174</v>
       </c>
       <c r="G42" t="s">
@@ -4868,121 +4868,121 @@
       <c r="A49" t="s">
         <v>258</v>
       </c>
       <c r="B49" t="s">
         <v>259</v>
       </c>
       <c r="C49" t="s">
         <v>260</v>
       </c>
       <c r="D49" t="s">
         <v>57</v>
       </c>
       <c r="E49">
         <v>39532</v>
       </c>
       <c r="F49">
         <v>2288311200</v>
       </c>
       <c r="G49" t="s">
         <v>261</v>
       </c>
       <c r="H49" t="s">
         <v>262</v>
       </c>
       <c r="I49" t="s">
-        <v>263</v>
+        <v>17</v>
       </c>
       <c r="J49" t="s">
         <v>232</v>
       </c>
       <c r="K49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50">
         <v>39429</v>
       </c>
       <c r="F50">
         <v>6017368924</v>
       </c>
       <c r="G50" t="s">
+        <v>266</v>
+      </c>
+      <c r="H50" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="I50" t="s">
         <v>32</v>
       </c>
       <c r="J50" t="s">
         <v>26</v>
       </c>
       <c r="K50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D51" t="s">
         <v>57</v>
       </c>
       <c r="E51">
         <v>39440</v>
       </c>
       <c r="F51">
         <v>6014284375</v>
       </c>
       <c r="G51" t="s">
+        <v>271</v>
+      </c>
+      <c r="H51" t="s">
         <v>272</v>
       </c>
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="J51" t="s">
         <v>232</v>
       </c>
       <c r="K51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>274</v>
       </c>
       <c r="B52" t="s">
         <v>275</v>
       </c>
       <c r="C52" t="s">
         <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>57</v>
       </c>
       <c r="E52">
         <v>39218</v>
       </c>
       <c r="F52">
@@ -5848,2906 +5848,2906 @@
       <c r="A77" t="s">
         <v>399</v>
       </c>
       <c r="B77" t="s">
         <v>400</v>
       </c>
       <c r="C77" t="s">
         <v>401</v>
       </c>
       <c r="D77" t="s">
         <v>402</v>
       </c>
       <c r="E77">
         <v>89030</v>
       </c>
       <c r="F77">
         <v>7026430712</v>
       </c>
       <c r="G77" t="s">
         <v>403</v>
       </c>
       <c r="H77" t="s">
         <v>404</v>
       </c>
       <c r="I77" t="s">
+        <v>17</v>
+      </c>
+      <c r="J77" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="K77" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
+        <v>406</v>
+      </c>
+      <c r="B78" t="s">
         <v>407</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="D78" t="s">
         <v>156</v>
       </c>
       <c r="E78">
         <v>77493</v>
       </c>
       <c r="F78">
         <v>2813710394</v>
       </c>
       <c r="G78" t="s">
+        <v>409</v>
+      </c>
+      <c r="H78" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="I78" t="s">
         <v>32</v>
       </c>
       <c r="J78" t="s">
         <v>26</v>
       </c>
       <c r="K78" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>411</v>
+      </c>
+      <c r="B79" t="s">
         <v>412</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="D79" t="s">
         <v>57</v>
       </c>
       <c r="E79">
         <v>39402</v>
       </c>
       <c r="F79">
         <v>6012960322</v>
       </c>
       <c r="G79" t="s">
+        <v>414</v>
+      </c>
+      <c r="H79" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="I79" t="s">
         <v>17</v>
       </c>
       <c r="J79" t="s">
         <v>26</v>
       </c>
       <c r="K79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
+        <v>416</v>
+      </c>
+      <c r="B80" t="s">
         <v>417</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="D80" t="s">
         <v>224</v>
       </c>
       <c r="E80">
         <v>35674</v>
       </c>
       <c r="F80">
         <v>2563869819</v>
       </c>
       <c r="G80" t="s">
+        <v>419</v>
+      </c>
+      <c r="H80" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="I80" t="s">
         <v>32</v>
       </c>
       <c r="J80" t="s">
         <v>26</v>
       </c>
       <c r="K80" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>421</v>
+      </c>
+      <c r="B81" t="s">
         <v>422</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="D81" t="s">
         <v>51</v>
       </c>
       <c r="E81">
         <v>37076</v>
       </c>
       <c r="F81">
         <v>6292164450</v>
       </c>
       <c r="G81" t="s">
+        <v>424</v>
+      </c>
+      <c r="H81" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="I81" t="s">
         <v>32</v>
       </c>
       <c r="J81" t="s">
         <v>26</v>
       </c>
       <c r="K81" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
+        <v>426</v>
+      </c>
+      <c r="B82" t="s">
         <v>427</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D82" t="s">
         <v>23</v>
       </c>
       <c r="E82">
         <v>30253</v>
       </c>
       <c r="F82">
         <v>6784325244</v>
       </c>
       <c r="G82" t="s">
+        <v>429</v>
+      </c>
+      <c r="H82" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="I82" t="s">
         <v>32</v>
       </c>
       <c r="J82" t="s">
         <v>26</v>
       </c>
       <c r="K82" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
+        <v>431</v>
+      </c>
+      <c r="B83" t="s">
         <v>432</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="D83" t="s">
         <v>156</v>
       </c>
       <c r="E83">
         <v>78154</v>
       </c>
       <c r="F83">
         <v>2106514122</v>
       </c>
       <c r="G83" t="s">
+        <v>434</v>
+      </c>
+      <c r="H83" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="I83" t="s">
         <v>32</v>
       </c>
       <c r="J83" t="s">
         <v>26</v>
       </c>
       <c r="K83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
+        <v>436</v>
+      </c>
+      <c r="B84" t="s">
         <v>437</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D84" t="s">
         <v>156</v>
       </c>
       <c r="E84">
         <v>78332</v>
       </c>
       <c r="F84">
         <v>3614492030</v>
       </c>
       <c r="G84" t="s">
+        <v>439</v>
+      </c>
+      <c r="H84" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="I84" t="s">
         <v>159</v>
       </c>
       <c r="J84" t="s">
         <v>26</v>
       </c>
       <c r="K84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
+        <v>441</v>
+      </c>
+      <c r="B85" t="s">
         <v>442</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D85" t="s">
         <v>156</v>
       </c>
       <c r="E85">
         <v>78610</v>
       </c>
       <c r="F85">
         <v>5124783412</v>
       </c>
       <c r="G85" t="s">
+        <v>444</v>
+      </c>
+      <c r="H85" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="I85" t="s">
         <v>32</v>
       </c>
       <c r="J85" t="s">
         <v>26</v>
       </c>
       <c r="K85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
+        <v>446</v>
+      </c>
+      <c r="B86" t="s">
         <v>447</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="D86" t="s">
         <v>156</v>
       </c>
       <c r="E86">
         <v>77905</v>
       </c>
       <c r="F86">
         <v>3615764141</v>
       </c>
       <c r="G86" t="s">
+        <v>449</v>
+      </c>
+      <c r="H86" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="I86" t="s">
         <v>32</v>
       </c>
       <c r="J86" t="s">
         <v>26</v>
       </c>
       <c r="K86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
+        <v>451</v>
+      </c>
+      <c r="B87" t="s">
         <v>452</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="D87" t="s">
         <v>156</v>
       </c>
       <c r="E87">
         <v>78599</v>
       </c>
       <c r="F87">
         <v>9569688138</v>
       </c>
       <c r="G87" t="s">
+        <v>454</v>
+      </c>
+      <c r="H87" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="I87" t="s">
         <v>32</v>
       </c>
       <c r="J87" t="s">
         <v>26</v>
       </c>
       <c r="K87" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
+        <v>456</v>
+      </c>
+      <c r="B88" t="s">
         <v>457</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="D88" t="s">
         <v>156</v>
       </c>
       <c r="E88">
         <v>79772</v>
       </c>
       <c r="F88">
         <v>4324472006</v>
       </c>
       <c r="G88" t="s">
+        <v>459</v>
+      </c>
+      <c r="H88" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="I88" t="s">
         <v>32</v>
       </c>
       <c r="J88" t="s">
         <v>26</v>
       </c>
       <c r="K88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
+        <v>461</v>
+      </c>
+      <c r="B89" t="s">
         <v>462</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="D89" t="s">
         <v>156</v>
       </c>
       <c r="E89">
         <v>79928</v>
       </c>
       <c r="F89">
         <v>9155322615</v>
       </c>
       <c r="G89" t="s">
+        <v>464</v>
+      </c>
+      <c r="H89" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="I89" t="s">
         <v>32</v>
       </c>
       <c r="J89" t="s">
         <v>26</v>
       </c>
       <c r="K89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
+        <v>466</v>
+      </c>
+      <c r="B90" t="s">
         <v>467</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>468</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="E90">
         <v>88220</v>
       </c>
       <c r="F90">
         <v>5752364805</v>
       </c>
       <c r="G90" t="s">
+        <v>470</v>
+      </c>
+      <c r="H90" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="I90" t="s">
         <v>159</v>
       </c>
       <c r="J90" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="K90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
+        <v>472</v>
+      </c>
+      <c r="B91" t="s">
         <v>473</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="D91" t="s">
         <v>396</v>
       </c>
       <c r="E91">
         <v>86001</v>
       </c>
       <c r="F91">
         <v>9287744535</v>
       </c>
       <c r="G91" t="s">
+        <v>475</v>
+      </c>
+      <c r="H91" t="s">
         <v>476</v>
       </c>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I91" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="J91" t="s">
         <v>26</v>
       </c>
       <c r="K91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
+        <v>477</v>
+      </c>
+      <c r="B92" t="s">
         <v>478</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="D92" t="s">
         <v>51</v>
       </c>
       <c r="E92">
         <v>37663</v>
       </c>
       <c r="F92">
         <v>4232454129</v>
       </c>
       <c r="G92" t="s">
+        <v>480</v>
+      </c>
+      <c r="H92" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="I92" t="s">
         <v>17</v>
       </c>
       <c r="J92" t="s">
         <v>26</v>
       </c>
       <c r="K92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
+        <v>482</v>
+      </c>
+      <c r="B93" t="s">
         <v>483</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="D93" t="s">
         <v>51</v>
       </c>
       <c r="E93">
         <v>37924</v>
       </c>
       <c r="F93">
         <v>8656335035</v>
       </c>
       <c r="G93" t="s">
+        <v>485</v>
+      </c>
+      <c r="H93" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="I93" t="s">
         <v>32</v>
       </c>
       <c r="J93" t="s">
         <v>26</v>
       </c>
       <c r="K93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
+        <v>487</v>
+      </c>
+      <c r="B94" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="C94" t="s">
         <v>304</v>
       </c>
       <c r="D94" t="s">
         <v>150</v>
       </c>
       <c r="E94">
         <v>73128</v>
       </c>
       <c r="F94">
         <v>4057455789</v>
       </c>
       <c r="G94" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="H94" t="s">
         <v>306</v>
       </c>
       <c r="I94" t="s">
         <v>32</v>
       </c>
       <c r="J94" t="s">
         <v>26</v>
       </c>
       <c r="K94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>490</v>
+      </c>
+      <c r="B95" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="C95" t="s">
         <v>319</v>
       </c>
       <c r="D95" t="s">
         <v>23</v>
       </c>
       <c r="E95">
         <v>30507</v>
       </c>
       <c r="F95">
         <v>6789890924</v>
       </c>
       <c r="G95" t="s">
+        <v>492</v>
+      </c>
+      <c r="H95" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="I95" t="s">
         <v>32</v>
       </c>
       <c r="J95" t="s">
         <v>26</v>
       </c>
       <c r="K95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
+        <v>494</v>
+      </c>
+      <c r="B96" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="C96" t="s">
         <v>395</v>
       </c>
       <c r="D96" t="s">
         <v>396</v>
       </c>
       <c r="E96">
         <v>85009</v>
       </c>
       <c r="F96">
         <v>6022729308</v>
       </c>
       <c r="G96" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="H96" t="s">
         <v>398</v>
       </c>
       <c r="I96" t="s">
         <v>32</v>
       </c>
       <c r="J96" t="s">
         <v>26</v>
       </c>
       <c r="K96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
+        <v>497</v>
+      </c>
+      <c r="B97" t="s">
         <v>498</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="D97" t="s">
         <v>396</v>
       </c>
       <c r="E97">
         <v>87506</v>
       </c>
       <c r="F97">
         <v>5208886001</v>
       </c>
       <c r="G97" t="s">
+        <v>500</v>
+      </c>
+      <c r="H97" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="I97" t="s">
         <v>32</v>
       </c>
       <c r="J97" t="s">
         <v>26</v>
       </c>
       <c r="K97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
+        <v>502</v>
+      </c>
+      <c r="B98" t="s">
         <v>503</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>504</v>
       </c>
-      <c r="C98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="E98">
         <v>87121</v>
       </c>
       <c r="F98">
         <v>5053441687</v>
       </c>
       <c r="G98" t="s">
+        <v>505</v>
+      </c>
+      <c r="H98" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="I98" t="s">
         <v>32</v>
       </c>
       <c r="J98" t="s">
         <v>232</v>
       </c>
       <c r="K98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
+        <v>507</v>
+      </c>
+      <c r="B99" t="s">
         <v>508</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>509</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="E99">
         <v>84790</v>
       </c>
       <c r="F99">
         <v>4356734163</v>
       </c>
       <c r="G99" t="s">
+        <v>511</v>
+      </c>
+      <c r="H99" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="I99" t="s">
         <v>32</v>
       </c>
       <c r="J99" t="s">
         <v>26</v>
       </c>
       <c r="K99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
+        <v>513</v>
+      </c>
+      <c r="B100" t="s">
         <v>514</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="D100" t="s">
         <v>51</v>
       </c>
       <c r="E100">
         <v>37055</v>
       </c>
       <c r="F100">
         <v>6155607000</v>
       </c>
       <c r="G100" t="s">
+        <v>516</v>
+      </c>
+      <c r="H100" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="I100" t="s">
         <v>32</v>
       </c>
       <c r="J100" t="s">
         <v>26</v>
       </c>
       <c r="K100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
+        <v>518</v>
+      </c>
+      <c r="B101" t="s">
         <v>519</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="D101" t="s">
         <v>396</v>
       </c>
       <c r="E101">
         <v>85364</v>
       </c>
       <c r="F101">
         <v>9289554040</v>
       </c>
       <c r="G101" t="s">
+        <v>521</v>
+      </c>
+      <c r="H101" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="I101" t="s">
         <v>32</v>
       </c>
       <c r="J101" t="s">
         <v>26</v>
       </c>
       <c r="K101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
+        <v>523</v>
+      </c>
+      <c r="B102" t="s">
         <v>524</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="D102" t="s">
         <v>396</v>
       </c>
       <c r="E102">
         <v>85201</v>
       </c>
       <c r="F102">
         <v>4806817005</v>
       </c>
       <c r="G102" t="s">
+        <v>526</v>
+      </c>
+      <c r="H102" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="I102" t="s">
         <v>17</v>
       </c>
       <c r="J102" t="s">
         <v>19</v>
       </c>
       <c r="K102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
+        <v>528</v>
+      </c>
+      <c r="B103" t="s">
         <v>529</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="D103" t="s">
         <v>402</v>
       </c>
       <c r="E103">
         <v>89415</v>
       </c>
       <c r="F103">
         <v>7759459057</v>
       </c>
       <c r="G103" t="s">
+        <v>531</v>
+      </c>
+      <c r="H103" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="I103" t="s">
         <v>159</v>
       </c>
       <c r="J103" t="s">
         <v>19</v>
       </c>
       <c r="K103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
+        <v>533</v>
+      </c>
+      <c r="B104" t="s">
         <v>534</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="D104" t="s">
         <v>396</v>
       </c>
       <c r="E104">
         <v>86409</v>
       </c>
       <c r="F104">
         <v>9285656644</v>
       </c>
       <c r="G104" t="s">
+        <v>536</v>
+      </c>
+      <c r="H104" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="I104" t="s">
         <v>159</v>
       </c>
       <c r="J104" t="s">
         <v>26</v>
       </c>
       <c r="K104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
+        <v>538</v>
+      </c>
+      <c r="B105" t="s">
         <v>539</v>
       </c>
-      <c r="B105" t="s">
+      <c r="C105" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D105" t="s">
         <v>73</v>
       </c>
       <c r="E105">
         <v>70583</v>
       </c>
       <c r="F105">
         <v>3372678580</v>
       </c>
       <c r="G105" t="s">
+        <v>541</v>
+      </c>
+      <c r="H105" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="I105" t="s">
         <v>17</v>
       </c>
       <c r="J105" t="s">
         <v>26</v>
       </c>
       <c r="K105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
+        <v>543</v>
+      </c>
+      <c r="B106" t="s">
         <v>544</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="D106" t="s">
         <v>51</v>
       </c>
       <c r="E106">
         <v>37086</v>
       </c>
       <c r="F106">
         <v>6159032525</v>
       </c>
       <c r="G106" t="s">
+        <v>546</v>
+      </c>
+      <c r="H106" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="I106" t="s">
         <v>32</v>
       </c>
       <c r="J106" t="s">
         <v>26</v>
       </c>
       <c r="K106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
+        <v>548</v>
+      </c>
+      <c r="B107" t="s">
         <v>549</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
         <v>550</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="E107">
         <v>92883</v>
       </c>
       <c r="F107">
         <v>9516667100</v>
       </c>
       <c r="G107" t="s">
+        <v>552</v>
+      </c>
+      <c r="H107" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="I107" t="s">
         <v>17</v>
       </c>
       <c r="J107" t="s">
         <v>26</v>
       </c>
       <c r="K107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
+        <v>554</v>
+      </c>
+      <c r="B108" t="s">
         <v>555</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
         <v>556</v>
       </c>
-      <c r="C108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E108">
         <v>91746</v>
       </c>
       <c r="F108">
         <v>6263338998</v>
       </c>
       <c r="G108" t="s">
+        <v>557</v>
+      </c>
+      <c r="H108" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="I108" t="s">
         <v>17</v>
       </c>
       <c r="J108" t="s">
         <v>26</v>
       </c>
       <c r="K108" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
+        <v>559</v>
+      </c>
+      <c r="B109" t="s">
         <v>560</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" t="s">
         <v>561</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E109">
         <v>92708</v>
       </c>
       <c r="F109">
         <v>6576552800</v>
       </c>
       <c r="G109" t="s">
+        <v>562</v>
+      </c>
+      <c r="H109" t="s">
         <v>563</v>
       </c>
-      <c r="H109" t="s">
+      <c r="I109" t="s">
+        <v>32</v>
+      </c>
+      <c r="J109" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>565</v>
       </c>
       <c r="K109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
+        <v>565</v>
+      </c>
+      <c r="B110" t="s">
         <v>566</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
         <v>567</v>
       </c>
-      <c r="C110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E110">
         <v>90746</v>
       </c>
       <c r="F110">
         <v>5628007701</v>
       </c>
       <c r="G110" t="s">
+        <v>568</v>
+      </c>
+      <c r="H110" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="I110" t="s">
         <v>32</v>
       </c>
       <c r="J110" t="s">
         <v>26</v>
       </c>
       <c r="K110" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
+        <v>570</v>
+      </c>
+      <c r="B111" t="s">
         <v>571</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="D111" t="s">
         <v>14</v>
       </c>
       <c r="E111">
         <v>32343</v>
       </c>
       <c r="F111">
         <v>8505804010</v>
       </c>
       <c r="G111" t="s">
+        <v>573</v>
+      </c>
+      <c r="H111" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="I111" t="s">
         <v>159</v>
       </c>
       <c r="J111" t="s">
         <v>19</v>
       </c>
       <c r="K111" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
+        <v>575</v>
+      </c>
+      <c r="B112" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="C112" t="s">
         <v>276</v>
       </c>
       <c r="D112" t="s">
         <v>57</v>
       </c>
       <c r="E112">
         <v>39218</v>
       </c>
       <c r="F112">
         <v>6019364702</v>
       </c>
       <c r="G112" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="H112" t="s">
         <v>278</v>
       </c>
       <c r="I112" t="s">
         <v>32</v>
       </c>
       <c r="J112" t="s">
         <v>26</v>
       </c>
       <c r="K112" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
+        <v>578</v>
+      </c>
+      <c r="B113" t="s">
         <v>579</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>580</v>
       </c>
-      <c r="C113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D113" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E113">
         <v>91733</v>
       </c>
       <c r="F113">
         <v>6264420297</v>
       </c>
       <c r="G113" t="s">
+        <v>581</v>
+      </c>
+      <c r="H113" t="s">
         <v>582</v>
       </c>
-      <c r="H113" t="s">
+      <c r="I113" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="J113" t="s">
         <v>26</v>
       </c>
       <c r="K113" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
+        <v>584</v>
+      </c>
+      <c r="B114" t="s">
         <v>585</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>586</v>
       </c>
-      <c r="C114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E114">
         <v>92020</v>
       </c>
       <c r="F114">
         <v>8587587333</v>
       </c>
       <c r="G114" t="s">
+        <v>587</v>
+      </c>
+      <c r="H114" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="I114" t="s">
         <v>32</v>
       </c>
       <c r="J114" t="s">
         <v>26</v>
       </c>
       <c r="K114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
+        <v>589</v>
+      </c>
+      <c r="B115" t="s">
         <v>590</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
+        <v>509</v>
+      </c>
+      <c r="D115" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="E115">
         <v>29477</v>
       </c>
       <c r="F115">
         <v>8435638436</v>
       </c>
       <c r="G115" t="s">
+        <v>592</v>
+      </c>
+      <c r="H115" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="I115" t="s">
         <v>32</v>
       </c>
       <c r="J115" t="s">
         <v>26</v>
       </c>
       <c r="K115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
+        <v>594</v>
+      </c>
+      <c r="B116" t="s">
         <v>595</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="D116" t="s">
         <v>23</v>
       </c>
       <c r="E116">
         <v>31705</v>
       </c>
       <c r="F116">
         <v>2299203030</v>
       </c>
       <c r="G116" t="s">
+        <v>597</v>
+      </c>
+      <c r="H116" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="I116" t="s">
         <v>32</v>
       </c>
       <c r="J116" t="s">
         <v>26</v>
       </c>
       <c r="K116" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
+        <v>599</v>
+      </c>
+      <c r="B117" t="s">
         <v>600</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="D117" t="s">
         <v>51</v>
       </c>
       <c r="E117">
         <v>37129</v>
       </c>
       <c r="F117">
         <v>6158960200</v>
       </c>
       <c r="G117" t="s">
+        <v>602</v>
+      </c>
+      <c r="H117" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="I117" t="s">
         <v>32</v>
       </c>
       <c r="J117" t="s">
         <v>26</v>
       </c>
       <c r="K117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
+        <v>604</v>
+      </c>
+      <c r="B118" t="s">
         <v>605</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="D118" t="s">
         <v>224</v>
       </c>
       <c r="E118">
         <v>35756</v>
       </c>
       <c r="F118">
         <v>9389022001</v>
       </c>
       <c r="G118" t="s">
+        <v>607</v>
+      </c>
+      <c r="H118" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
       <c r="I118" t="s">
         <v>17</v>
       </c>
       <c r="J118" t="s">
         <v>26</v>
       </c>
       <c r="K118" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
+        <v>609</v>
+      </c>
+      <c r="B119" t="s">
         <v>610</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" t="s">
         <v>611</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="E119">
         <v>88063</v>
       </c>
       <c r="F119">
         <v>5755891100</v>
       </c>
       <c r="G119" t="s">
+        <v>612</v>
+      </c>
+      <c r="H119" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="I119" t="s">
         <v>32</v>
       </c>
       <c r="J119" t="s">
         <v>26</v>
       </c>
       <c r="K119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
+        <v>614</v>
+      </c>
+      <c r="B120" t="s">
         <v>615</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
         <v>616</v>
       </c>
-      <c r="C120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="E120">
         <v>87401</v>
       </c>
       <c r="F120">
         <v>5053274703</v>
       </c>
       <c r="G120" t="s">
+        <v>617</v>
+      </c>
+      <c r="H120" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="I120" t="s">
         <v>32</v>
       </c>
       <c r="J120" t="s">
         <v>19</v>
       </c>
       <c r="K120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
+        <v>619</v>
+      </c>
+      <c r="B121" t="s">
         <v>620</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C121" t="s">
         <v>621</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="E121">
         <v>80022</v>
       </c>
       <c r="F121">
         <v>3032288944</v>
       </c>
       <c r="G121" t="s">
+        <v>623</v>
+      </c>
+      <c r="H121" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="I121" t="s">
         <v>17</v>
       </c>
       <c r="J121" t="s">
         <v>26</v>
       </c>
       <c r="K121" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
+        <v>625</v>
+      </c>
+      <c r="B122" t="s">
         <v>626</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
         <v>627</v>
       </c>
-      <c r="C122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D122" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E122">
         <v>80631</v>
       </c>
       <c r="F122">
         <v>9704544068</v>
       </c>
       <c r="G122" t="s">
+        <v>628</v>
+      </c>
+      <c r="H122" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="I122" t="s">
         <v>17</v>
       </c>
       <c r="J122" t="s">
         <v>26</v>
       </c>
       <c r="K122" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
+        <v>630</v>
+      </c>
+      <c r="B123" t="s">
         <v>631</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C123" t="s">
         <v>632</v>
       </c>
-      <c r="C123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E123">
         <v>80033</v>
       </c>
       <c r="F123">
         <v>3034222300</v>
       </c>
       <c r="G123" t="s">
+        <v>633</v>
+      </c>
+      <c r="H123" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="I123" t="s">
         <v>32</v>
       </c>
       <c r="J123" t="s">
         <v>26</v>
       </c>
       <c r="K123" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
+        <v>635</v>
+      </c>
+      <c r="B124" t="s">
         <v>636</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
         <v>637</v>
       </c>
-      <c r="C124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E124">
         <v>80239</v>
       </c>
       <c r="F124">
         <v>7209052005</v>
       </c>
       <c r="G124" t="s">
+        <v>638</v>
+      </c>
+      <c r="H124" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="I124" t="s">
         <v>17</v>
       </c>
       <c r="J124" t="s">
         <v>19</v>
       </c>
       <c r="K124" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
+        <v>640</v>
+      </c>
+      <c r="B125" t="s">
         <v>641</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>642</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E125">
         <v>80905</v>
       </c>
       <c r="F125">
         <v>7196324686</v>
       </c>
       <c r="G125" t="s">
+        <v>643</v>
+      </c>
+      <c r="H125" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="I125" t="s">
         <v>32</v>
       </c>
       <c r="J125" t="s">
         <v>19</v>
       </c>
       <c r="K125" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
+        <v>645</v>
+      </c>
+      <c r="B126" t="s">
         <v>646</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>647</v>
       </c>
-      <c r="C126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E126">
         <v>81008</v>
       </c>
       <c r="F126">
         <v>7195430402</v>
       </c>
       <c r="G126" t="s">
+        <v>648</v>
+      </c>
+      <c r="H126" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="I126" t="s">
         <v>32</v>
       </c>
       <c r="J126" t="s">
         <v>26</v>
       </c>
       <c r="K126" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
+        <v>650</v>
+      </c>
+      <c r="B127" t="s">
         <v>651</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>652</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E127">
         <v>81625</v>
       </c>
       <c r="F127">
         <v>9708247094</v>
       </c>
       <c r="G127" t="s">
+        <v>653</v>
+      </c>
+      <c r="H127" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
       <c r="I127" t="s">
         <v>159</v>
       </c>
       <c r="J127" t="s">
         <v>26</v>
       </c>
       <c r="K127" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
+        <v>655</v>
+      </c>
+      <c r="B128" t="s">
         <v>656</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
         <v>657</v>
       </c>
-      <c r="C128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E128">
         <v>81401</v>
       </c>
       <c r="F128">
         <v>9702401611</v>
       </c>
       <c r="G128" t="s">
+        <v>658</v>
+      </c>
+      <c r="H128" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
       <c r="I128" t="s">
         <v>32</v>
       </c>
       <c r="J128" t="s">
         <v>19</v>
       </c>
       <c r="K128" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
+        <v>660</v>
+      </c>
+      <c r="B129" t="s">
         <v>661</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>662</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="E129">
         <v>81505</v>
       </c>
       <c r="F129">
         <v>9702459500</v>
       </c>
       <c r="G129" t="s">
+        <v>663</v>
+      </c>
+      <c r="H129" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="I129" t="s">
         <v>32</v>
       </c>
       <c r="J129" t="s">
         <v>26</v>
       </c>
       <c r="K129" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
+        <v>665</v>
+      </c>
+      <c r="B130" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
       <c r="C130" t="s">
         <v>395</v>
       </c>
       <c r="D130" t="s">
         <v>396</v>
       </c>
       <c r="E130">
         <v>85019</v>
       </c>
       <c r="F130">
         <v>6022727601</v>
       </c>
       <c r="G130" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="H130" t="s">
         <v>398</v>
       </c>
       <c r="I130" t="s">
         <v>17</v>
       </c>
       <c r="J130" t="s">
         <v>18</v>
       </c>
       <c r="K130" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
+        <v>668</v>
+      </c>
+      <c r="B131" t="s">
         <v>669</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
         <v>670</v>
       </c>
-      <c r="C131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E131">
         <v>84501</v>
       </c>
       <c r="F131">
         <v>4356374846</v>
       </c>
       <c r="G131" t="s">
+        <v>671</v>
+      </c>
+      <c r="H131" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="I131" t="s">
         <v>32</v>
       </c>
       <c r="J131" t="s">
         <v>26</v>
       </c>
       <c r="K131" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
+        <v>673</v>
+      </c>
+      <c r="B132" t="s">
         <v>674</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>675</v>
       </c>
-      <c r="C132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E132">
         <v>84654</v>
       </c>
       <c r="F132">
         <v>4355299876</v>
       </c>
       <c r="G132" t="s">
+        <v>676</v>
+      </c>
+      <c r="H132" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="I132" t="s">
         <v>32</v>
       </c>
       <c r="J132" t="s">
         <v>159</v>
       </c>
       <c r="K132" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
+        <v>678</v>
+      </c>
+      <c r="B133" t="s">
         <v>679</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>680</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E133">
         <v>84404</v>
       </c>
       <c r="F133">
         <v>8016275833</v>
       </c>
       <c r="G133" t="s">
+        <v>681</v>
+      </c>
+      <c r="H133" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="I133" t="s">
         <v>32</v>
       </c>
       <c r="J133" t="s">
         <v>19</v>
       </c>
       <c r="K133" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
+        <v>683</v>
+      </c>
+      <c r="B134" t="s">
         <v>684</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
         <v>685</v>
       </c>
-      <c r="C134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D134" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E134">
         <v>84601</v>
       </c>
       <c r="F134">
         <v>8013742800</v>
       </c>
       <c r="G134" t="s">
+        <v>686</v>
+      </c>
+      <c r="H134" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="I134" t="s">
         <v>32</v>
       </c>
       <c r="J134" t="s">
         <v>19</v>
       </c>
       <c r="K134" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
+        <v>688</v>
+      </c>
+      <c r="B135" t="s">
         <v>689</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
         <v>690</v>
       </c>
-      <c r="C135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E135">
         <v>84120</v>
       </c>
       <c r="F135">
         <v>8014871087</v>
       </c>
       <c r="G135" t="s">
+        <v>691</v>
+      </c>
+      <c r="H135" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="I135" t="s">
         <v>32</v>
       </c>
       <c r="J135" t="s">
         <v>26</v>
       </c>
       <c r="K135" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
+        <v>693</v>
+      </c>
+      <c r="B136" t="s">
         <v>694</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
         <v>695</v>
       </c>
-      <c r="C136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D136" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E136">
         <v>95206</v>
       </c>
       <c r="F136">
         <v>2099839495</v>
       </c>
       <c r="G136" t="s">
+        <v>696</v>
+      </c>
+      <c r="H136" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
       <c r="I136" t="s">
         <v>159</v>
       </c>
       <c r="J136" t="s">
         <v>19</v>
       </c>
       <c r="K136" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
+        <v>698</v>
+      </c>
+      <c r="B137" t="s">
         <v>699</v>
       </c>
-      <c r="B137" t="s">
+      <c r="C137" t="s">
         <v>700</v>
       </c>
-      <c r="C137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E137">
         <v>95380</v>
       </c>
       <c r="F137">
         <v>2096684254</v>
       </c>
       <c r="G137" t="s">
+        <v>701</v>
+      </c>
+      <c r="H137" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
       <c r="I137" t="s">
         <v>159</v>
       </c>
       <c r="J137" t="s">
         <v>19</v>
       </c>
       <c r="K137" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
+        <v>703</v>
+      </c>
+      <c r="B138" t="s">
         <v>704</v>
       </c>
-      <c r="B138" t="s">
+      <c r="C138" t="s">
         <v>705</v>
       </c>
-      <c r="C138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E138">
         <v>93901</v>
       </c>
       <c r="F138">
         <v>8317831565</v>
       </c>
       <c r="G138" t="s">
+        <v>706</v>
+      </c>
+      <c r="H138" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
       <c r="I138" t="s">
         <v>17</v>
       </c>
       <c r="J138" t="s">
         <v>19</v>
       </c>
       <c r="K138" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
+        <v>708</v>
+      </c>
+      <c r="B139" t="s">
         <v>709</v>
       </c>
-      <c r="B139" t="s">
+      <c r="C139" t="s">
         <v>710</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E139">
         <v>94553</v>
       </c>
       <c r="F139">
         <v>9253729056</v>
       </c>
       <c r="G139" t="s">
+        <v>711</v>
+      </c>
+      <c r="H139" t="s">
         <v>712</v>
       </c>
-      <c r="H139" t="s">
+      <c r="I139" t="s">
+        <v>32</v>
+      </c>
+      <c r="J139" t="s">
         <v>713</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="K139" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
+        <v>714</v>
+      </c>
+      <c r="B140" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
       <c r="C140" t="s">
         <v>401</v>
       </c>
       <c r="D140" t="s">
         <v>402</v>
       </c>
       <c r="E140">
         <v>89115</v>
       </c>
       <c r="F140">
         <v>7026437033</v>
       </c>
       <c r="G140" t="s">
+        <v>716</v>
+      </c>
+      <c r="H140" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="I140" t="s">
         <v>17</v>
       </c>
       <c r="J140" t="s">
         <v>18</v>
       </c>
       <c r="K140" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
+        <v>718</v>
+      </c>
+      <c r="B141" t="s">
         <v>719</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="D141" t="s">
         <v>402</v>
       </c>
       <c r="E141">
         <v>89431</v>
       </c>
       <c r="F141">
         <v>7753558883</v>
       </c>
       <c r="G141" t="s">
+        <v>721</v>
+      </c>
+      <c r="H141" t="s">
         <v>722</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="J141" t="s">
         <v>159</v>
       </c>
       <c r="K141" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
+        <v>724</v>
+      </c>
+      <c r="B142" t="s">
         <v>725</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142" t="s">
         <v>726</v>
       </c>
-      <c r="C142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E142">
         <v>95112</v>
       </c>
       <c r="F142">
         <v>4083501600</v>
       </c>
       <c r="G142" t="s">
+        <v>727</v>
+      </c>
+      <c r="H142" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="I142" t="s">
         <v>17</v>
       </c>
       <c r="J142" t="s">
         <v>19</v>
       </c>
       <c r="K142" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
+        <v>729</v>
+      </c>
+      <c r="B143" t="s">
         <v>730</v>
       </c>
-      <c r="B143" t="s">
+      <c r="C143" t="s">
         <v>731</v>
       </c>
-      <c r="C143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E143">
         <v>95811</v>
       </c>
       <c r="F143">
         <v>9164474220</v>
       </c>
       <c r="G143" t="s">
+        <v>732</v>
+      </c>
+      <c r="H143" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="I143" t="s">
         <v>32</v>
       </c>
       <c r="J143" t="s">
         <v>232</v>
       </c>
       <c r="K143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
+        <v>734</v>
+      </c>
+      <c r="B144" t="s">
         <v>735</v>
       </c>
-      <c r="B144" t="s">
+      <c r="C144" t="s">
         <v>736</v>
       </c>
-      <c r="C144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E144">
         <v>94621</v>
       </c>
       <c r="F144">
         <v>5105698769</v>
       </c>
       <c r="G144" t="s">
+        <v>737</v>
+      </c>
+      <c r="H144" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
       <c r="I144" t="s">
         <v>159</v>
       </c>
       <c r="J144" t="s">
         <v>19</v>
       </c>
       <c r="K144" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
+        <v>739</v>
+      </c>
+      <c r="B145" t="s">
         <v>740</v>
       </c>
-      <c r="B145" t="s">
+      <c r="C145" t="s">
         <v>741</v>
       </c>
-      <c r="C145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E145">
         <v>95482</v>
       </c>
       <c r="F145">
         <v>7074623519</v>
       </c>
       <c r="G145" t="s">
+        <v>742</v>
+      </c>
+      <c r="H145" t="s">
         <v>743</v>
       </c>
-      <c r="H145" t="s">
+      <c r="I145" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="J145" t="s">
         <v>19</v>
       </c>
       <c r="K145" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
+        <v>745</v>
+      </c>
+      <c r="B146" t="s">
         <v>746</v>
       </c>
-      <c r="B146" t="s">
+      <c r="C146" t="s">
         <v>747</v>
       </c>
-      <c r="C146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E146">
         <v>95407</v>
       </c>
       <c r="F146">
         <v>7075458740</v>
       </c>
       <c r="G146" t="s">
+        <v>748</v>
+      </c>
+      <c r="H146" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="I146" t="s">
         <v>32</v>
       </c>
       <c r="J146" t="s">
         <v>19</v>
       </c>
       <c r="K146" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
+        <v>750</v>
+      </c>
+      <c r="B147" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="C147" t="s">
         <v>149</v>
       </c>
       <c r="D147" t="s">
         <v>150</v>
       </c>
       <c r="E147">
         <v>74116</v>
       </c>
       <c r="F147">
         <v>9186001123</v>
       </c>
       <c r="G147" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="H147" t="s">
         <v>152</v>
       </c>
       <c r="I147" t="s">
         <v>17</v>
       </c>
       <c r="J147" t="s">
         <v>18</v>
       </c>
       <c r="K147" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
+        <v>753</v>
+      </c>
+      <c r="B148" t="s">
         <v>754</v>
       </c>
-      <c r="B148" t="s">
+      <c r="C148" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="D148" t="s">
         <v>23</v>
       </c>
       <c r="E148">
         <v>31636</v>
       </c>
       <c r="F148">
         <v>2295591913</v>
       </c>
       <c r="G148" t="s">
+        <v>756</v>
+      </c>
+      <c r="H148" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
       <c r="I148" t="s">
         <v>32</v>
       </c>
       <c r="J148" t="s">
         <v>19</v>
       </c>
       <c r="K148" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
+        <v>758</v>
+      </c>
+      <c r="B149" t="s">
         <v>759</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>760</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E149">
         <v>93455</v>
       </c>
       <c r="F149">
         <v>8056230500</v>
       </c>
       <c r="G149" t="s">
+        <v>761</v>
+      </c>
+      <c r="H149" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
       <c r="I149" t="s">
         <v>32</v>
       </c>
       <c r="J149" t="s">
         <v>26</v>
       </c>
       <c r="K149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
+        <v>763</v>
+      </c>
+      <c r="B150" t="s">
         <v>764</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150" t="s">
         <v>765</v>
       </c>
-      <c r="C150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E150">
         <v>93268</v>
       </c>
       <c r="F150">
         <v>6617631800</v>
       </c>
       <c r="G150" t="s">
+        <v>766</v>
+      </c>
+      <c r="H150" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="I150" t="s">
         <v>32</v>
       </c>
       <c r="J150" t="s">
         <v>26</v>
       </c>
       <c r="K150" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
+        <v>768</v>
+      </c>
+      <c r="B151" t="s">
         <v>769</v>
       </c>
-      <c r="B151" t="s">
+      <c r="C151" t="s">
         <v>770</v>
       </c>
-      <c r="C151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E151">
         <v>93308</v>
       </c>
       <c r="F151">
         <v>6613910887</v>
       </c>
       <c r="G151" t="s">
+        <v>771</v>
+      </c>
+      <c r="H151" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="I151" t="s">
         <v>32</v>
       </c>
       <c r="J151" t="s">
         <v>26</v>
       </c>
       <c r="K151" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
+        <v>773</v>
+      </c>
+      <c r="B152" t="s">
         <v>774</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D152" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E152">
         <v>93308</v>
       </c>
       <c r="F152">
         <v>6615892893</v>
       </c>
       <c r="G152" t="s">
+        <v>775</v>
+      </c>
+      <c r="H152" t="s">
+        <v>772</v>
+      </c>
+      <c r="I152" t="s">
+        <v>32</v>
+      </c>
+      <c r="J152" t="s">
         <v>776</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
         <v>777</v>
       </c>
       <c r="B153" t="s">
         <v>778</v>
       </c>
       <c r="C153" t="s">
         <v>779</v>
       </c>
       <c r="D153" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E153">
         <v>93215</v>
       </c>
       <c r="F153">
         <v>6617253387</v>
       </c>
       <c r="G153" t="s">
         <v>780</v>
       </c>
       <c r="H153" t="s">
         <v>781</v>
       </c>
       <c r="I153" t="s">
         <v>32</v>
       </c>
       <c r="J153" t="s">
         <v>26</v>
       </c>
       <c r="K153" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
         <v>782</v>
       </c>
       <c r="B154" t="s">
         <v>783</v>
       </c>
       <c r="C154" t="s">
         <v>784</v>
       </c>
       <c r="D154" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E154">
         <v>93272</v>
       </c>
       <c r="F154">
         <v>5597528473</v>
       </c>
       <c r="G154" t="s">
         <v>785</v>
       </c>
       <c r="H154" t="s">
         <v>786</v>
       </c>
       <c r="I154" t="s">
         <v>32</v>
       </c>
       <c r="J154" t="s">
         <v>26</v>
       </c>
       <c r="K154" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
         <v>787</v>
       </c>
       <c r="B155" t="s">
         <v>788</v>
       </c>
       <c r="C155" t="s">
         <v>789</v>
       </c>
       <c r="D155" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E155">
         <v>93274</v>
       </c>
       <c r="F155">
         <v>5596863313</v>
       </c>
       <c r="G155" t="s">
         <v>790</v>
       </c>
       <c r="H155" t="s">
         <v>791</v>
       </c>
       <c r="I155" t="s">
         <v>17</v>
       </c>
       <c r="J155" t="s">
         <v>18</v>
       </c>
       <c r="K155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
         <v>792</v>
       </c>
       <c r="B156" t="s">
         <v>793</v>
       </c>
       <c r="C156" t="s">
         <v>794</v>
       </c>
       <c r="D156" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E156">
         <v>93257</v>
       </c>
       <c r="F156">
         <v>5597882024</v>
       </c>
       <c r="G156" t="s">
         <v>795</v>
       </c>
       <c r="H156" t="s">
         <v>796</v>
       </c>
       <c r="I156" t="s">
         <v>32</v>
       </c>
       <c r="J156" t="s">
         <v>232</v>
       </c>
       <c r="K156" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
         <v>797</v>
       </c>
       <c r="B157" t="s">
         <v>798</v>
       </c>
       <c r="C157" t="s">
         <v>799</v>
       </c>
       <c r="D157" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E157">
         <v>93291</v>
       </c>
       <c r="F157">
         <v>5596512020</v>
       </c>
       <c r="G157" t="s">
         <v>800</v>
       </c>
       <c r="H157" t="s">
         <v>801</v>
       </c>
       <c r="I157" t="s">
         <v>32</v>
       </c>
       <c r="J157" t="s">
         <v>26</v>
       </c>
       <c r="K157" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
         <v>802</v>
       </c>
       <c r="B158" t="s">
         <v>803</v>
       </c>
       <c r="C158" t="s">
         <v>804</v>
       </c>
       <c r="D158" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E158">
         <v>93221</v>
       </c>
       <c r="F158">
         <v>5595922734</v>
       </c>
       <c r="G158" t="s">
         <v>805</v>
       </c>
       <c r="H158" t="s">
         <v>806</v>
       </c>
       <c r="I158" t="s">
         <v>32</v>
       </c>
       <c r="J158" t="s">
         <v>26</v>
       </c>
       <c r="K158" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
         <v>807</v>
       </c>
       <c r="B159" t="s">
         <v>808</v>
       </c>
       <c r="C159" t="s">
         <v>809</v>
       </c>
       <c r="D159" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E159">
         <v>93725</v>
       </c>
       <c r="F159">
         <v>5592644982</v>
       </c>
       <c r="G159" t="s">
         <v>810</v>
       </c>
       <c r="H159" t="s">
         <v>811</v>
       </c>
       <c r="I159" t="s">
         <v>32</v>
       </c>
       <c r="J159" t="s">
         <v>26</v>
       </c>
       <c r="K159" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
@@ -8910,66 +8910,66 @@
       </c>
       <c r="G164" t="s">
         <v>837</v>
       </c>
       <c r="H164" t="s">
         <v>838</v>
       </c>
       <c r="I164" t="s">
         <v>32</v>
       </c>
       <c r="J164" t="s">
         <v>19</v>
       </c>
       <c r="K164" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
         <v>839</v>
       </c>
       <c r="B165" t="s">
         <v>840</v>
       </c>
       <c r="C165" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D165" t="s">
         <v>57</v>
       </c>
       <c r="E165">
         <v>39440</v>
       </c>
       <c r="F165">
         <v>6016498104</v>
       </c>
       <c r="G165" t="s">
         <v>841</v>
       </c>
       <c r="H165" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="I165" t="s">
         <v>17</v>
       </c>
       <c r="J165" t="s">
         <v>19</v>
       </c>
       <c r="K165" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
         <v>842</v>
       </c>
       <c r="B166" t="s">
         <v>843</v>
       </c>
       <c r="C166" t="s">
         <v>395</v>
       </c>
       <c r="D166" t="s">
         <v>396</v>
       </c>
       <c r="E166">
@@ -9018,86 +9018,86 @@
       </c>
       <c r="H167" t="s">
         <v>850</v>
       </c>
       <c r="I167" t="s">
         <v>17</v>
       </c>
       <c r="J167" t="s">
         <v>26</v>
       </c>
       <c r="K167" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
         <v>851</v>
       </c>
       <c r="B168" t="s">
         <v>852</v>
       </c>
       <c r="C168" t="s">
         <v>853</v>
       </c>
       <c r="D168" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E168">
         <v>92078</v>
       </c>
       <c r="F168">
         <v>4423855200</v>
       </c>
       <c r="G168" t="s">
         <v>854</v>
       </c>
       <c r="H168" t="s">
         <v>855</v>
       </c>
       <c r="I168" t="s">
         <v>32</v>
       </c>
       <c r="J168" t="s">
         <v>26</v>
       </c>
       <c r="K168" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
         <v>856</v>
       </c>
       <c r="B169" t="s">
         <v>857</v>
       </c>
       <c r="C169" t="s">
         <v>858</v>
       </c>
       <c r="D169" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E169">
         <v>92316</v>
       </c>
       <c r="F169">
         <v>8402550100</v>
       </c>
       <c r="G169" t="s">
         <v>859</v>
       </c>
       <c r="H169" t="s">
         <v>860</v>
       </c>
       <c r="I169" t="s">
         <v>17</v>
       </c>
       <c r="J169" t="s">
         <v>19</v>
       </c>
       <c r="K169" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
@@ -9263,86 +9263,86 @@
       </c>
       <c r="H174" t="s">
         <v>887</v>
       </c>
       <c r="I174" t="s">
         <v>32</v>
       </c>
       <c r="J174" t="s">
         <v>26</v>
       </c>
       <c r="K174" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
         <v>888</v>
       </c>
       <c r="B175" t="s">
         <v>889</v>
       </c>
       <c r="C175" t="s">
         <v>890</v>
       </c>
       <c r="D175" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="E175">
         <v>29485</v>
       </c>
       <c r="F175">
         <v>8437233367</v>
       </c>
       <c r="G175" t="s">
         <v>891</v>
       </c>
       <c r="H175" t="s">
         <v>892</v>
       </c>
       <c r="I175" t="s">
         <v>32</v>
       </c>
       <c r="J175" t="s">
         <v>26</v>
       </c>
       <c r="K175" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
         <v>893</v>
       </c>
       <c r="B176" t="s">
         <v>894</v>
       </c>
       <c r="C176" t="s">
         <v>895</v>
       </c>
       <c r="D176" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="E176">
         <v>29303</v>
       </c>
       <c r="F176">
         <v>8648746011</v>
       </c>
       <c r="G176" t="s">
         <v>896</v>
       </c>
       <c r="H176" t="s">
         <v>897</v>
       </c>
       <c r="I176" t="s">
         <v>32</v>
       </c>
       <c r="J176" t="s">
         <v>26</v>
       </c>
       <c r="K176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
@@ -9400,54 +9400,54 @@
       </c>
       <c r="G178" t="s">
         <v>906</v>
       </c>
       <c r="H178" t="s">
         <v>907</v>
       </c>
       <c r="I178" t="s">
         <v>32</v>
       </c>
       <c r="J178" t="s">
         <v>19</v>
       </c>
       <c r="K178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
         <v>908</v>
       </c>
       <c r="B179" t="s">
         <v>909</v>
       </c>
       <c r="C179" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="D179" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="E179">
         <v>87107</v>
       </c>
       <c r="F179">
         <v>5058840686</v>
       </c>
       <c r="G179" t="s">
         <v>910</v>
       </c>
       <c r="H179" t="s">
         <v>911</v>
       </c>
       <c r="I179" t="s">
         <v>159</v>
       </c>
       <c r="J179" t="s">
         <v>19</v>
       </c>
       <c r="K179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
@@ -9473,51 +9473,51 @@
       </c>
       <c r="H180" t="s">
         <v>917</v>
       </c>
       <c r="I180" t="s">
         <v>159</v>
       </c>
       <c r="J180" t="s">
         <v>19</v>
       </c>
       <c r="K180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
         <v>918</v>
       </c>
       <c r="B181" t="s">
         <v>919</v>
       </c>
       <c r="C181" t="s">
         <v>789</v>
       </c>
       <c r="D181" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E181">
         <v>93274</v>
       </c>
       <c r="F181">
         <v>5596865456</v>
       </c>
       <c r="G181" t="s">
         <v>920</v>
       </c>
       <c r="H181" t="s">
         <v>921</v>
       </c>
       <c r="I181" t="s">
         <v>32</v>
       </c>
       <c r="J181" t="s">
         <v>32</v>
       </c>
       <c r="K181" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
@@ -9543,51 +9543,51 @@
       </c>
       <c r="H182" t="s">
         <v>927</v>
       </c>
       <c r="I182" t="s">
         <v>32</v>
       </c>
       <c r="J182" t="s">
         <v>19</v>
       </c>
       <c r="K182" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
         <v>928</v>
       </c>
       <c r="B183" t="s">
         <v>929</v>
       </c>
       <c r="C183" t="s">
         <v>930</v>
       </c>
       <c r="D183" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E183">
         <v>93610</v>
       </c>
       <c r="F183">
         <v>5596654952</v>
       </c>
       <c r="G183" t="s">
         <v>931</v>
       </c>
       <c r="H183" t="s">
         <v>932</v>
       </c>
       <c r="I183" t="s">
         <v>32</v>
       </c>
       <c r="J183" t="s">
         <v>26</v>
       </c>
       <c r="K183" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>