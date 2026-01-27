--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -12,533 +12,533 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="755">
-[...1 lines deleted...]
-    <t>Store Number</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="756">
+  <si>
+    <t>Store Name</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Longitude and Latitude</t>
   </si>
   <si>
     <t>Monday - Friday Hours</t>
   </si>
   <si>
     <t>Saturday Hours</t>
   </si>
   <si>
     <t>Sunday Hours</t>
   </si>
   <si>
-    <t>STMPFJ-246</t>
+    <t>STMP-246</t>
   </si>
   <si>
     <t>111 Mill Branch Road</t>
   </si>
   <si>
     <t>Latta</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>stmp246@stmpilot.com</t>
   </si>
   <si>
     <t>-79.478122, 34.384337</t>
   </si>
   <si>
     <t>7am-11pm</t>
   </si>
   <si>
     <t>8am-10pm</t>
   </si>
   <si>
-    <t>STMPFJ-657</t>
+    <t>STMP-657</t>
   </si>
   <si>
     <t>1815 N Foster Road</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>stmp657@stmpilot.com</t>
   </si>
   <si>
     <t>-98.493722, 29.425037</t>
   </si>
   <si>
     <t>24 Hours</t>
   </si>
   <si>
     <t>6am-10pm</t>
   </si>
   <si>
-    <t>STMPFJ-773</t>
+    <t>STMP-773</t>
   </si>
   <si>
     <t>269 Bear River Drive</t>
   </si>
   <si>
     <t>Evanston</t>
   </si>
   <si>
     <t>WY</t>
   </si>
   <si>
     <t>stmp773@stmpilot.com</t>
   </si>
   <si>
     <t>-110.96744, 41.260223</t>
   </si>
   <si>
-    <t>STMPFJ-544</t>
+    <t>7am-10pm</t>
+  </si>
+  <si>
+    <t>7am-6pm</t>
+  </si>
+  <si>
+    <t>STMP-544</t>
   </si>
   <si>
     <t>24002 W Veterans Memorial Parkway</t>
   </si>
   <si>
     <t>Warrenton</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>stmp544@stmpilot.com</t>
   </si>
   <si>
     <t>-91.2166, 38.808454</t>
   </si>
   <si>
-    <t>7am-10pm</t>
-[...1 lines deleted...]
-  <si>
     <t>8am-4pm</t>
   </si>
   <si>
-    <t>STMPFJ-728</t>
+    <t>STMP-728</t>
   </si>
   <si>
     <t>1301 Horizon Blvd</t>
   </si>
   <si>
     <t>El Paso</t>
   </si>
   <si>
     <t>stmp728@stmpilot.com</t>
   </si>
   <si>
     <t>-106.490969, 31.76321</t>
   </si>
   <si>
     <t>6am-10:30pm</t>
   </si>
   <si>
-    <t>STMPFJ-924</t>
+    <t>STMP-924</t>
   </si>
   <si>
     <t>1501 North Jack Tone Road</t>
   </si>
   <si>
     <t>Ripon</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>stmp924@stmpilot.com</t>
   </si>
   <si>
     <t>-121.115411, 37.765177</t>
   </si>
   <si>
-    <t>STMPFJ-895</t>
+    <t>STMP-895</t>
   </si>
   <si>
     <t>17039 Zachary Ave</t>
   </si>
   <si>
     <t>Bakersfield</t>
   </si>
   <si>
     <t>stmp895@stmpilot.com</t>
   </si>
   <si>
     <t>-119.018911, 35.373405</t>
   </si>
   <si>
     <t>6:00am-10:00pm</t>
   </si>
   <si>
-    <t>STMPFJ-219</t>
+    <t>STMP-219</t>
   </si>
   <si>
     <t>711 Oakland Circle</t>
   </si>
   <si>
     <t>Raphine</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>stmp219@stmpilot.com</t>
   </si>
   <si>
     <t>-79.276332, 37.941296</t>
   </si>
   <si>
-    <t>STMPFJ-196</t>
+    <t>STMP-196</t>
   </si>
   <si>
     <t>11557 Hopewell Rd</t>
   </si>
   <si>
     <t>Hagerstown</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>stmp196@stmpilot.com</t>
   </si>
   <si>
     <t>-77.722229, 39.639011</t>
   </si>
   <si>
     <t>12am-11:59pm</t>
   </si>
   <si>
     <t>6am-11:59pm</t>
   </si>
   <si>
-    <t>STMPFJ-289</t>
+    <t>STMP-289</t>
   </si>
   <si>
     <t>26255 Warns Rd</t>
   </si>
   <si>
     <t>Perrysburg</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>stmp289@stmpilot.com</t>
   </si>
   <si>
     <t>-83.635095, 41.546106</t>
   </si>
   <si>
     <t>10am-6pm</t>
   </si>
   <si>
-    <t>STMPFJ-489</t>
+    <t>STMP-489</t>
   </si>
   <si>
     <t>312 Brown Street</t>
   </si>
   <si>
     <t>Bloomington</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>stmp489@stmpilot.com</t>
   </si>
   <si>
     <t>-88.984326, 40.474034</t>
   </si>
   <si>
-    <t>24 Hours, 24/7 Roadside</t>
-[...8 lines deleted...]
-    <t>STMPFJ-617</t>
+    <t>7am-11pm, 24/7 Roadside</t>
+  </si>
+  <si>
+    <t>7am - 6pm, 24/7 Roadside</t>
+  </si>
+  <si>
+    <t>STMP-617</t>
   </si>
   <si>
     <t>125 N. 129th Ave</t>
   </si>
   <si>
     <t>Tulsa</t>
   </si>
   <si>
     <t>OK</t>
   </si>
   <si>
     <t>stmp617@stmpilot.com</t>
   </si>
   <si>
     <t>-95.975663, 36.133354</t>
   </si>
   <si>
     <t>7am-8pm</t>
   </si>
   <si>
-    <t>STMPFJ-375</t>
+    <t>STMP-375</t>
   </si>
   <si>
     <t>954 State Road 206 West</t>
   </si>
   <si>
     <t>St. Augustine</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>stmp375@stmpilot.com</t>
   </si>
   <si>
     <t>-81.31427, 29.8920994</t>
   </si>
   <si>
-    <t>STMPFJ-850</t>
+    <t>STMP-850</t>
   </si>
   <si>
     <t>1141 West Main Street</t>
   </si>
   <si>
     <t>Quartzsite</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>stmp850@stmpilot.com</t>
   </si>
   <si>
     <t>-114.217114, 33.666701</t>
   </si>
   <si>
-    <t>STMPFJ-330</t>
+    <t>STMP-330</t>
   </si>
   <si>
     <t>15559 Highway 13 South</t>
   </si>
   <si>
     <t>Hurricane Mills</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>stmp330@stmpilot.com</t>
   </si>
   <si>
     <t>-87.810501, 35.923959</t>
   </si>
   <si>
-    <t>STMPFJ-502</t>
+    <t>STMP-502</t>
   </si>
   <si>
     <t>1551 Tommy Webb Drive</t>
   </si>
   <si>
     <t>Meridian</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>stmp502@stmpilot.com</t>
   </si>
   <si>
     <t>-88.713087, 32.378082</t>
   </si>
   <si>
-    <t>STMPFJ-464</t>
+    <t>STMP-464</t>
   </si>
   <si>
     <t>4154 West US Highway 24</t>
   </si>
   <si>
     <t>Remington</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>stmp464@stmpilot.com</t>
   </si>
   <si>
     <t>-87.140991, 40.903837</t>
   </si>
   <si>
-    <t>STMPFJ-498</t>
+    <t>STMP-498</t>
   </si>
   <si>
     <t>699 State Route 203</t>
   </si>
   <si>
     <t>East St. Louis</t>
   </si>
   <si>
     <t>stmp498@stmpilot.com</t>
   </si>
   <si>
     <t>-90.154935, 38.622934</t>
   </si>
   <si>
-    <t>STMPFJ-345</t>
+    <t>STMP-345</t>
   </si>
   <si>
     <t>310 Cordele Road</t>
   </si>
   <si>
     <t>Albany</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>stmp345@stmpilot.com</t>
   </si>
   <si>
     <t>-84.17617, 31.576883</t>
   </si>
   <si>
     <t>STMP-539</t>
   </si>
   <si>
     <t>8300 State Highway 108</t>
   </si>
   <si>
     <t>Texarkana</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>stmp539@stmpilot.com</t>
   </si>
   <si>
     <t>-93.876485, 33.431043</t>
   </si>
   <si>
-    <t>STMPFJ-242</t>
+    <t>STMP-242</t>
   </si>
   <si>
     <t>3712 Crabtree Rd</t>
   </si>
   <si>
     <t>Waynesville</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>stmp242@stmpilot.com</t>
   </si>
   <si>
     <t>-83.00137, 35.48389</t>
   </si>
   <si>
     <t>6am-8pm</t>
   </si>
   <si>
-    <t>STMPFJ-529</t>
+    <t>STMP-529</t>
   </si>
   <si>
     <t>3400 Service Loop Road</t>
   </si>
   <si>
     <t>West Memphis</t>
   </si>
   <si>
     <t>stmp529@stmpilot.com</t>
   </si>
   <si>
     <t>-90.184794, 35.146477</t>
   </si>
   <si>
-    <t>STMPFJ-851</t>
+    <t>STMP-851</t>
   </si>
   <si>
     <t>3300 E Andy Devine Ave</t>
   </si>
   <si>
     <t>Kingman</t>
   </si>
   <si>
     <t>stmp851@stmpilot.com</t>
   </si>
   <si>
     <t>-114.024054, 35.210297</t>
   </si>
   <si>
-    <t>STMPFJ-343</t>
+    <t>STMP-343</t>
   </si>
   <si>
     <t>1125 Bucksnort Road</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
     <t>stmp343@stmpilot.com</t>
   </si>
   <si>
     <t>-83.981112, 33.319863</t>
   </si>
   <si>
     <t>STMP-318</t>
   </si>
   <si>
     <t>543 Highway 309</t>
   </si>
   <si>
     <t>Niota</t>
   </si>
   <si>
     <t>stmp318@stmpilot.com</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>Closed</t>
   </si>
   <si>
     <t>STMP-740</t>
   </si>
   <si>
     <t>9915 Avalon Road NW</t>
   </si>
   <si>
     <t>Albuquerque</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>stmp740@stmpilot.com</t>
   </si>
   <si>
     <t>-106.626718, 35.08133</t>
   </si>
   <si>
     <t>8am-5pm</t>
   </si>
   <si>
-    <t>STMPFJ-258</t>
+    <t>STMP-258</t>
   </si>
   <si>
     <t>1011 North Mountain St</t>
   </si>
   <si>
     <t>Blacksburg</t>
   </si>
   <si>
     <t>stmp258@stmpilot.com</t>
   </si>
   <si>
     <t>-81.494193, 35.10953</t>
   </si>
   <si>
     <t>STMP-661</t>
   </si>
   <si>
     <t>I-20 Exit 277 101B N FM 707</t>
   </si>
   <si>
     <t>Merkel</t>
   </si>
   <si>
     <t>stmp661@stmpilot.com</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>-79.306093, 36.087114</t>
   </si>
   <si>
     <t>STMP-262</t>
   </si>
   <si>
     <t>112 Frontage Rd</t>
   </si>
   <si>
     <t>Piedmont</t>
   </si>
   <si>
     <t>stmp262@stmpilot.com</t>
   </si>
   <si>
     <t>-82.392453, 34.72209</t>
   </si>
   <si>
     <t>7am-12pm</t>
   </si>
   <si>
     <t>7am-4pm</t>
   </si>
   <si>
-    <t>STMPFJ-416</t>
+    <t>STMP-416</t>
   </si>
   <si>
     <t>860 Tyson Road</t>
   </si>
   <si>
     <t>Hope Hull</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>stmp416@stmpilot.com</t>
   </si>
   <si>
     <t>-86.380464, 32.206441</t>
   </si>
   <si>
     <t>STMP-344</t>
   </si>
   <si>
     <t>2965-B Highway 247 Connector</t>
   </si>
   <si>
     <t>Byron</t>
   </si>
@@ -755,168 +755,168 @@
   <si>
     <t>-83.788976, 32.618051</t>
   </si>
   <si>
     <t>STMP-443</t>
   </si>
   <si>
     <t>5400 South State Route 3</t>
   </si>
   <si>
     <t>Spiceland</t>
   </si>
   <si>
     <t>stmp443@stmpilot.com</t>
   </si>
   <si>
     <t>-85.450834, 39.91725</t>
   </si>
   <si>
     <t>12am-12am</t>
   </si>
   <si>
     <t>7am-12am</t>
   </si>
   <si>
-    <t>STMPFJ-482</t>
+    <t>STMP-482</t>
   </si>
   <si>
     <t>105 N Davidson Ave</t>
   </si>
   <si>
     <t>Mount Vernon</t>
   </si>
   <si>
     <t>STMP482@stmpilot.com</t>
   </si>
   <si>
     <t>-88.892273, 38.293269</t>
   </si>
   <si>
-    <t>STMPFJ-554</t>
+    <t>STMP-554</t>
   </si>
   <si>
     <t>1307B SE Grand DD Hwy</t>
   </si>
   <si>
     <t>Faucett</t>
   </si>
   <si>
     <t>stmp554@stmpilot.com</t>
   </si>
   <si>
     <t>-94.854124, 39.604946</t>
   </si>
   <si>
     <t>7am-11:45pm</t>
   </si>
   <si>
     <t>7am-12:00am</t>
   </si>
   <si>
-    <t>STMPFJ-290</t>
+    <t>STMP-290</t>
   </si>
   <si>
     <t>1367 US 42 NE</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>stmp290@stmpilot.com</t>
   </si>
   <si>
     <t>-83.407733, 39.886277</t>
   </si>
   <si>
-    <t>STMPFJ-442</t>
+    <t>STMP-442</t>
   </si>
   <si>
     <t>6890 N Old US 27</t>
   </si>
   <si>
     <t>Fremont</t>
   </si>
   <si>
     <t>STMP442@stmpilot.com</t>
   </si>
   <si>
     <t>-84.945643, 41.711462</t>
   </si>
   <si>
     <t>7am-5pm</t>
   </si>
   <si>
-    <t>STMPFJ-321</t>
+    <t>STMP-321</t>
   </si>
   <si>
     <t>500 Dixie Lee Ave</t>
   </si>
   <si>
     <t>Monteagle</t>
   </si>
   <si>
     <t>STMP321@stmpilot.com</t>
   </si>
   <si>
     <t>-85.822933, 35.264698</t>
   </si>
   <si>
-    <t>STMPFJ-302</t>
+    <t>STMP-302</t>
   </si>
   <si>
     <t>264 Park Plaza Blvd</t>
   </si>
   <si>
     <t>Lebanon Junction</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>stmp302@stmpilot.com</t>
   </si>
   <si>
     <t>-85.688029, 37.90878</t>
   </si>
   <si>
     <t>STMP-534</t>
   </si>
   <si>
     <t>2105 N. Main Street</t>
   </si>
   <si>
     <t>Brinkley</t>
   </si>
   <si>
     <t>STMP534@stmpilot.com</t>
   </si>
   <si>
     <t>-91.194574, 34.883421</t>
   </si>
   <si>
-    <t>STMPFJ-581</t>
+    <t>STMP-581</t>
   </si>
   <si>
     <t>11650 Courthouse Blvd</t>
   </si>
   <si>
     <t>Inver Grove Heights</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>stmp581@stmpilot.com</t>
   </si>
   <si>
     <t>-93.056177, 44.82482</t>
   </si>
   <si>
     <t>STMP-451</t>
   </si>
   <si>
     <t>14019 Blue Lick Road</t>
   </si>
   <si>
     <t>Memphis</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>341 Civic Rd.</t>
   </si>
   <si>
     <t>LaSalle</t>
   </si>
   <si>
     <t>stmp481@stmpilot.com</t>
   </si>
   <si>
     <t>-89.0942612, 41.3299103</t>
   </si>
   <si>
     <t>STMP-267</t>
   </si>
   <si>
     <t>14894 State Route 49</t>
   </si>
   <si>
     <t>Edon</t>
   </si>
   <si>
     <t>stmp267@stmpilot.com</t>
   </si>
   <si>
-    <t>-84.738401, 41.58754</t>
+    <t>-84.76241, 41.63380</t>
   </si>
   <si>
     <t>STMP-633</t>
   </si>
   <si>
     <t>1658 South Market Street</t>
   </si>
   <si>
     <t>Hearne</t>
   </si>
   <si>
     <t>stmp633@stmpilot.com</t>
   </si>
   <si>
     <t>-96.581229, 30.925686</t>
   </si>
   <si>
     <t>STMP-496</t>
   </si>
   <si>
     <t>824 Edwardsville Road</t>
   </si>
   <si>
     <t>Troy</t>
   </si>
@@ -1058,66 +1058,60 @@
   <si>
     <t>5360 County Road 99W</t>
   </si>
   <si>
     <t>Dunnigan</t>
   </si>
   <si>
     <t>stmp944@stmpilot.com</t>
   </si>
   <si>
     <t>-121.96978, 38.8835983</t>
   </si>
   <si>
     <t>STMP-130</t>
   </si>
   <si>
     <t>164 A Riverside Drive</t>
   </si>
   <si>
     <t>Fultonville</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
-    <t xml:space="preserve">8383834240 </t>
-[...1 lines deleted...]
-  <si>
     <t>stmp130@stmpilot.com</t>
   </si>
   <si>
     <t>-74.3544631, 42.9471113</t>
   </si>
   <si>
-    <t>7am-6pm</t>
-[...1 lines deleted...]
-  <si>
     <t>ERS Only</t>
   </si>
   <si>
-    <t>STMPFJ-830</t>
+    <t>STMP-830</t>
   </si>
   <si>
     <t>10837 South Double R Drive</t>
   </si>
   <si>
     <t>Yucca</t>
   </si>
   <si>
     <t>stmp830@stmpilot.com</t>
   </si>
   <si>
     <t>-114.1553834, 34.9145323</t>
   </si>
   <si>
     <t>STMP-645</t>
   </si>
   <si>
     <t>23400 Highway 242</t>
   </si>
   <si>
     <t>New Caney</t>
   </si>
   <si>
     <t>stmp645@stmpilot.com</t>
   </si>
@@ -1166,51 +1160,51 @@
   <si>
     <t>stmp461@stmpilot.com</t>
   </si>
   <si>
     <t>-86.26421848785601, 41.34196058636989</t>
   </si>
   <si>
     <t>STMP-271</t>
   </si>
   <si>
     <t>9935 State Route 41 NW</t>
   </si>
   <si>
     <t>Jeffersonville</t>
   </si>
   <si>
     <t>stmp271@stmpilot.com</t>
   </si>
   <si>
     <t>-83.53828108652014, 39.646417318660546</t>
   </si>
   <si>
     <t>7am-9pm</t>
   </si>
   <si>
-    <t>STMPFJ-808</t>
+    <t>STMP-808</t>
   </si>
   <si>
     <t>1605 East Saddleback Blvd, Unit B</t>
   </si>
   <si>
     <t>Lake Point</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>stmp808@stmpilot.com</t>
   </si>
   <si>
     <t>-112.26659032895306, 40.68619920462175</t>
   </si>
   <si>
     <t>STMP-670</t>
   </si>
   <si>
     <t>8009 E Expressway 83</t>
   </si>
   <si>
     <t>Mercedes</t>
   </si>
@@ -1343,51 +1337,51 @@
   <si>
     <t>Fort Worth</t>
   </si>
   <si>
     <t>stmp634@stmpilot.com</t>
   </si>
   <si>
     <t>-97.3076401, 32.9568904</t>
   </si>
   <si>
     <t>STMP-234</t>
   </si>
   <si>
     <t>145 Plaza Lane</t>
   </si>
   <si>
     <t>Mount Airy</t>
   </si>
   <si>
     <t>stmp234@stmpilot.com</t>
   </si>
   <si>
     <t>-80.7469128, 36.4868850</t>
   </si>
   <si>
-    <t>STMPFJ-210</t>
+    <t>STMP-210</t>
   </si>
   <si>
     <t>24251 Rogers Clark Blvd.</t>
   </si>
   <si>
     <t>Ruther Glen</t>
   </si>
   <si>
     <t>stmp210@stmpilot.com</t>
   </si>
   <si>
     <t>-77.4731984, 37.9335804</t>
   </si>
   <si>
     <t>STMP-308</t>
   </si>
   <si>
     <t>4160 Olivet Church Road</t>
   </si>
   <si>
     <t>Paducah</t>
   </si>
   <si>
     <t>stmp308@stmpilot.com</t>
   </si>
@@ -1511,102 +1505,102 @@
   <si>
     <t>stmp264@stmpilot.com</t>
   </si>
   <si>
     <t>-80.8551066, 41.7895627</t>
   </si>
   <si>
     <t>STMP-171</t>
   </si>
   <si>
     <t>6390 Emlenton Clintonville Rd.</t>
   </si>
   <si>
     <t>Emlenton</t>
   </si>
   <si>
     <t>stmp171@stmpilot.com</t>
   </si>
   <si>
     <t>-79.7409687, 41.1755652</t>
   </si>
   <si>
     <t>8am-4:30pm</t>
   </si>
   <si>
-    <t>STMPFJ-749</t>
+    <t>STMP-749</t>
   </si>
   <si>
     <t>2486 Williams Ave.</t>
   </si>
   <si>
     <t>Limon</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>stmp749@stmpilot.com</t>
   </si>
   <si>
     <t>-103.6943639, 39.2701130</t>
   </si>
   <si>
     <t>8am-6pm</t>
   </si>
   <si>
     <t>STMP-644</t>
   </si>
   <si>
     <t>15913 North Freeway</t>
   </si>
   <si>
     <t>Houston</t>
   </si>
   <si>
     <t>stmp644@stmpilot.com</t>
   </si>
   <si>
     <t>-95.4288222, 29.9998302</t>
   </si>
   <si>
     <t>STMP-631</t>
   </si>
   <si>
     <t>420 Central Freeway East</t>
   </si>
   <si>
     <t>Wichita Falls</t>
   </si>
   <si>
     <t>stmp631@stmpilot.com</t>
   </si>
   <si>
     <t>-98.4823613, 33.8893408</t>
   </si>
   <si>
-    <t>STMPFJ-806</t>
+    <t>STMP-806</t>
   </si>
   <si>
     <t>826 West 2100 South</t>
   </si>
   <si>
     <t>Salt Lake City</t>
   </si>
   <si>
     <t>STMP806@STMPilot.com</t>
   </si>
   <si>
     <t>-111.91456, 40.72559</t>
   </si>
   <si>
     <t>STMP-642</t>
   </si>
   <si>
     <t>6988 E FM917</t>
   </si>
   <si>
     <t>Alvarado</t>
   </si>
   <si>
     <t>(817) 402-0060</t>
   </si>
@@ -1949,53 +1943,50 @@
   <si>
     <t>4400 Skyland E Blvd.</t>
   </si>
   <si>
     <t>Tuscaloosa</t>
   </si>
   <si>
     <t>stmp415@stmpilot.cpm</t>
   </si>
   <si>
     <t>-87.47986, 33.17324</t>
   </si>
   <si>
     <t>STMP-505</t>
   </si>
   <si>
     <t>2522 S Gallatin St</t>
   </si>
   <si>
     <t>stmp505@stmpilot.com</t>
   </si>
   <si>
     <t>-90.19116, 32.27350</t>
   </si>
   <si>
-    <t>7am-5:30pm</t>
-[...1 lines deleted...]
-  <si>
     <t>STMP-504</t>
   </si>
   <si>
     <t>9353 Canal Rd</t>
   </si>
   <si>
     <t>Gulfport</t>
   </si>
   <si>
     <t>stmp504@stmpilot.com</t>
   </si>
   <si>
     <t>-89.13895, 30.42166</t>
   </si>
   <si>
     <t>STMP-251</t>
   </si>
   <si>
     <t>2052 Homestead Rd, I-26, Exit 159</t>
   </si>
   <si>
     <t>Bowman</t>
   </si>
   <si>
     <t>stmp251@stmpilot.com</t>
@@ -2162,50 +2153,53 @@
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>stmp317@stmpilot.com</t>
   </si>
   <si>
     <t>-86.29789, 36.18082</t>
   </si>
   <si>
     <t>STMP-172</t>
   </si>
   <si>
     <t>7833 Linglestown Rd</t>
   </si>
   <si>
     <t>Harrisburg</t>
   </si>
   <si>
     <t>stmp172@stmpilot.com</t>
   </si>
   <si>
     <t>-76.72716, 40.35235</t>
   </si>
   <si>
+    <t>24/7</t>
+  </si>
+  <si>
     <t>STMP-273</t>
   </si>
   <si>
     <t>415 E Main St</t>
   </si>
   <si>
     <t>Beaverdam</t>
   </si>
   <si>
     <t>stmp273@stmpilot.com</t>
   </si>
   <si>
     <t>-83.96723, 40.83333</t>
   </si>
   <si>
     <t>STMP-348</t>
   </si>
   <si>
     <t>142-A Carbondale Rd SW</t>
   </si>
   <si>
     <t>Dalton</t>
   </si>
   <si>
     <t>stmp348@stmpilot.com</t>
@@ -2237,87 +2231,96 @@
   <si>
     <t>Dandridge</t>
   </si>
   <si>
     <t>stmp314@stmpilot.com</t>
   </si>
   <si>
     <t>-83.44544, 36.03766</t>
   </si>
   <si>
     <t>STMP-444</t>
   </si>
   <si>
     <t>2539 Burr St.</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>stmp444@stmpilot.com</t>
   </si>
   <si>
     <t>-87.40103, 41.57272</t>
   </si>
   <si>
+    <t>8am-1pm</t>
+  </si>
+  <si>
     <t>STMP-445</t>
   </si>
   <si>
     <t>2930 County Road 500 North</t>
   </si>
   <si>
     <t>Whiteland</t>
   </si>
   <si>
     <t>stmp445@stmpilot.com</t>
   </si>
   <si>
     <t>-86.04678, 39.55121</t>
   </si>
   <si>
     <t>STMP-500</t>
   </si>
   <si>
     <t>16067 Willowbrook Rd.</t>
   </si>
   <si>
     <t>South Beloit</t>
   </si>
   <si>
     <t>stmp500@stmpilot.com</t>
   </si>
   <si>
     <t>-88.99582, 42.49415</t>
   </si>
   <si>
-    <t>STMP-277</t>
-[...5 lines deleted...]
-    <t>stmp277@stmpilot.com</t>
+    <t>STMP-638</t>
+  </si>
+  <si>
+    <t>2077 US Hwy 82</t>
+  </si>
+  <si>
+    <t>New Boston</t>
+  </si>
+  <si>
+    <t>9034170111|9034170111</t>
+  </si>
+  <si>
+    <t>stmp638@stmpilot.com</t>
   </si>
   <si>
     <t>-80.85210, 41.70989</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2759,334 +2762,334 @@
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
         <v>30</v>
       </c>
       <c r="E4">
         <v>82930</v>
       </c>
       <c r="F4">
         <v>3077890343</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="J4" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E5">
         <v>63383</v>
       </c>
       <c r="F5">
         <v>6362353335</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I5" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>79928</v>
       </c>
       <c r="F6">
         <v>9159750055</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E7">
         <v>95366</v>
       </c>
       <c r="F7">
         <v>2095991222</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
       <c r="K7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E8">
         <v>93308</v>
       </c>
       <c r="F8">
         <v>6613939015</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E9">
         <v>24472</v>
       </c>
       <c r="F9">
         <v>5403772015</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I9" t="s">
         <v>26</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="K9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E10">
         <v>21740</v>
       </c>
       <c r="F10">
         <v>3015829041</v>
       </c>
       <c r="G10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J10" t="s">
         <v>26</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E11">
         <v>43551</v>
       </c>
       <c r="F11">
         <v>4198372038</v>
       </c>
       <c r="G11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I11" t="s">
         <v>17</v>
       </c>
       <c r="J11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E12">
         <v>61701</v>
       </c>
       <c r="F12">
         <v>3095560854</v>
       </c>
       <c r="G12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>91</v>
       </c>
       <c r="D13" t="s">
         <v>92</v>
       </c>
       <c r="E13">
         <v>74116</v>
       </c>
       <c r="F13">
         <v>9184373351</v>
       </c>
       <c r="G13" t="s">
@@ -3147,89 +3150,89 @@
       <c r="B15" t="s">
         <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>104</v>
       </c>
       <c r="D15" t="s">
         <v>105</v>
       </c>
       <c r="E15">
         <v>85359</v>
       </c>
       <c r="F15">
         <v>9289274293</v>
       </c>
       <c r="G15" t="s">
         <v>106</v>
       </c>
       <c r="H15" t="s">
         <v>107</v>
       </c>
       <c r="I15" t="s">
         <v>26</v>
       </c>
       <c r="J15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>108</v>
       </c>
       <c r="B16" t="s">
         <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>110</v>
       </c>
       <c r="D16" t="s">
         <v>111</v>
       </c>
       <c r="E16">
         <v>37078</v>
       </c>
       <c r="F16">
         <v>9312966850</v>
       </c>
       <c r="G16" t="s">
         <v>112</v>
       </c>
       <c r="H16" t="s">
         <v>113</v>
       </c>
       <c r="I16" t="s">
         <v>26</v>
       </c>
       <c r="J16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>114</v>
       </c>
       <c r="B17" t="s">
         <v>115</v>
       </c>
       <c r="C17" t="s">
         <v>116</v>
       </c>
       <c r="D17" t="s">
         <v>117</v>
       </c>
       <c r="E17">
         <v>39307</v>
       </c>
       <c r="F17">
         <v>6014822574</v>
       </c>
       <c r="G17" t="s">
         <v>118</v>
       </c>
       <c r="H17" t="s">
@@ -3269,51 +3272,51 @@
       </c>
       <c r="H18" t="s">
         <v>125</v>
       </c>
       <c r="I18" t="s">
         <v>17</v>
       </c>
       <c r="J18" t="s">
         <v>17</v>
       </c>
       <c r="K18" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>126</v>
       </c>
       <c r="B19" t="s">
         <v>127</v>
       </c>
       <c r="C19" t="s">
         <v>128</v>
       </c>
       <c r="D19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E19">
         <v>62201</v>
       </c>
       <c r="F19">
         <v>6182745900</v>
       </c>
       <c r="G19" t="s">
         <v>129</v>
       </c>
       <c r="H19" t="s">
         <v>130</v>
       </c>
       <c r="I19" t="s">
         <v>26</v>
       </c>
       <c r="J19" t="s">
         <v>26</v>
       </c>
       <c r="K19" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
@@ -3322,159 +3325,159 @@
       <c r="B20" t="s">
         <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>133</v>
       </c>
       <c r="D20" t="s">
         <v>134</v>
       </c>
       <c r="E20">
         <v>31705</v>
       </c>
       <c r="F20">
         <v>2294467273</v>
       </c>
       <c r="G20" t="s">
         <v>135</v>
       </c>
       <c r="H20" t="s">
         <v>136</v>
       </c>
       <c r="I20" t="s">
         <v>26</v>
       </c>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="K20" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>137</v>
       </c>
       <c r="B21" t="s">
         <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>139</v>
       </c>
       <c r="D21" t="s">
         <v>140</v>
       </c>
       <c r="E21">
         <v>71854</v>
       </c>
       <c r="F21">
         <v>8706212277</v>
       </c>
       <c r="G21" t="s">
         <v>141</v>
       </c>
       <c r="H21" t="s">
         <v>142</v>
       </c>
       <c r="I21" t="s">
         <v>17</v>
       </c>
       <c r="J21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>143</v>
       </c>
       <c r="B22" t="s">
         <v>144</v>
       </c>
       <c r="C22" t="s">
         <v>145</v>
       </c>
       <c r="D22" t="s">
         <v>146</v>
       </c>
       <c r="E22">
         <v>28785</v>
       </c>
       <c r="F22">
         <v>8653121721</v>
       </c>
       <c r="G22" t="s">
         <v>147</v>
       </c>
       <c r="H22" t="s">
         <v>148</v>
       </c>
       <c r="I22" t="s">
         <v>149</v>
       </c>
       <c r="J22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>150</v>
       </c>
       <c r="B23" t="s">
         <v>151</v>
       </c>
       <c r="C23" t="s">
         <v>152</v>
       </c>
       <c r="D23" t="s">
         <v>140</v>
       </c>
       <c r="E23">
         <v>72301</v>
       </c>
       <c r="F23">
         <v>8704000098</v>
       </c>
       <c r="G23" t="s">
         <v>153</v>
       </c>
       <c r="H23" t="s">
         <v>154</v>
       </c>
       <c r="I23" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="J23" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K23" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>155</v>
       </c>
       <c r="B24" t="s">
         <v>156</v>
       </c>
       <c r="C24" t="s">
         <v>157</v>
       </c>
       <c r="D24" t="s">
         <v>105</v>
       </c>
       <c r="E24">
         <v>86401</v>
       </c>
       <c r="F24">
         <v>9286811040</v>
       </c>
       <c r="G24" t="s">
         <v>158</v>
       </c>
       <c r="H24" t="s">
@@ -3497,89 +3500,89 @@
       <c r="B25" t="s">
         <v>161</v>
       </c>
       <c r="C25" t="s">
         <v>162</v>
       </c>
       <c r="D25" t="s">
         <v>134</v>
       </c>
       <c r="E25">
         <v>30233</v>
       </c>
       <c r="F25">
         <v>7707754670</v>
       </c>
       <c r="G25" t="s">
         <v>163</v>
       </c>
       <c r="H25" t="s">
         <v>164</v>
       </c>
       <c r="I25" t="s">
         <v>26</v>
       </c>
       <c r="J25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>165</v>
       </c>
       <c r="B26" t="s">
         <v>166</v>
       </c>
       <c r="C26" t="s">
         <v>167</v>
       </c>
       <c r="D26" t="s">
         <v>111</v>
       </c>
       <c r="E26">
         <v>37826</v>
       </c>
       <c r="F26">
         <v>4235682698</v>
       </c>
       <c r="G26" t="s">
         <v>168</v>
       </c>
       <c r="H26" t="s">
         <v>169</v>
       </c>
       <c r="I26" t="s">
         <v>17</v>
       </c>
       <c r="J26" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K26" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>170</v>
       </c>
       <c r="B27" t="s">
         <v>171</v>
       </c>
       <c r="C27" t="s">
         <v>172</v>
       </c>
       <c r="D27" t="s">
         <v>173</v>
       </c>
       <c r="E27" t="s">
         <v>174</v>
       </c>
       <c r="F27">
         <v>8562996904</v>
       </c>
       <c r="G27" t="s">
         <v>175</v>
       </c>
       <c r="H27" t="s">
@@ -3599,51 +3602,51 @@
       <c r="A28" t="s">
         <v>178</v>
       </c>
       <c r="B28" t="s">
         <v>179</v>
       </c>
       <c r="C28" t="s">
         <v>180</v>
       </c>
       <c r="D28" t="s">
         <v>181</v>
       </c>
       <c r="E28">
         <v>87121</v>
       </c>
       <c r="F28">
         <v>5058315377</v>
       </c>
       <c r="G28" t="s">
         <v>182</v>
       </c>
       <c r="H28" t="s">
         <v>183</v>
       </c>
       <c r="I28" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="J28" t="s">
         <v>184</v>
       </c>
       <c r="K28" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>185</v>
       </c>
       <c r="B29" t="s">
         <v>186</v>
       </c>
       <c r="C29" t="s">
         <v>187</v>
       </c>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29">
         <v>29702</v>
       </c>
       <c r="F29">
@@ -3724,51 +3727,51 @@
       </c>
       <c r="H31" t="s">
         <v>199</v>
       </c>
       <c r="I31" t="s">
         <v>26</v>
       </c>
       <c r="J31" t="s">
         <v>177</v>
       </c>
       <c r="K31" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>200</v>
       </c>
       <c r="B32" t="s">
         <v>201</v>
       </c>
       <c r="C32" t="s">
         <v>202</v>
       </c>
       <c r="D32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E32">
         <v>62441</v>
       </c>
       <c r="F32">
         <v>2178261090</v>
       </c>
       <c r="G32" t="s">
         <v>203</v>
       </c>
       <c r="H32" t="s">
         <v>204</v>
       </c>
       <c r="I32" t="s">
         <v>26</v>
       </c>
       <c r="J32" t="s">
         <v>26</v>
       </c>
       <c r="K32" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
@@ -4004,121 +4007,121 @@
       </c>
       <c r="H39" t="s">
         <v>244</v>
       </c>
       <c r="I39" t="s">
         <v>245</v>
       </c>
       <c r="J39" t="s">
         <v>17</v>
       </c>
       <c r="K39" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>247</v>
       </c>
       <c r="B40" t="s">
         <v>248</v>
       </c>
       <c r="C40" t="s">
         <v>249</v>
       </c>
       <c r="D40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E40">
         <v>62864</v>
       </c>
       <c r="F40">
         <v>6184728080</v>
       </c>
       <c r="G40" t="s">
         <v>250</v>
       </c>
       <c r="H40" t="s">
         <v>251</v>
       </c>
       <c r="I40" t="s">
         <v>17</v>
       </c>
       <c r="J40" t="s">
         <v>17</v>
       </c>
       <c r="K40" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>252</v>
       </c>
       <c r="B41" t="s">
         <v>253</v>
       </c>
       <c r="C41" t="s">
         <v>254</v>
       </c>
       <c r="D41" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E41">
         <v>64448</v>
       </c>
       <c r="F41">
         <v>8167224220</v>
       </c>
       <c r="G41" t="s">
         <v>255</v>
       </c>
       <c r="H41" t="s">
         <v>256</v>
       </c>
       <c r="I41" t="s">
         <v>25</v>
       </c>
       <c r="J41" t="s">
         <v>257</v>
       </c>
       <c r="K41" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>259</v>
       </c>
       <c r="B42" t="s">
         <v>260</v>
       </c>
       <c r="C42" t="s">
         <v>261</v>
       </c>
       <c r="D42" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E42">
         <v>43140</v>
       </c>
       <c r="F42">
         <v>7409103100</v>
       </c>
       <c r="G42" t="s">
         <v>262</v>
       </c>
       <c r="H42" t="s">
         <v>263</v>
       </c>
       <c r="I42" t="s">
         <v>26</v>
       </c>
       <c r="J42" t="s">
         <v>26</v>
       </c>
       <c r="K42" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
@@ -4197,54 +4200,54 @@
       <c r="B45" t="s">
         <v>276</v>
       </c>
       <c r="C45" t="s">
         <v>277</v>
       </c>
       <c r="D45" t="s">
         <v>278</v>
       </c>
       <c r="E45">
         <v>40150</v>
       </c>
       <c r="F45">
         <v>5026742323</v>
       </c>
       <c r="G45" t="s">
         <v>279</v>
       </c>
       <c r="H45" t="s">
         <v>280</v>
       </c>
       <c r="I45" t="s">
         <v>17</v>
       </c>
       <c r="J45" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K45" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>281</v>
       </c>
       <c r="B46" t="s">
         <v>282</v>
       </c>
       <c r="C46" t="s">
         <v>283</v>
       </c>
       <c r="D46" t="s">
         <v>140</v>
       </c>
       <c r="E46">
         <v>72021</v>
       </c>
       <c r="F46">
         <v>8706387050</v>
       </c>
       <c r="G46" t="s">
         <v>284</v>
       </c>
       <c r="H46" t="s">
@@ -4337,173 +4340,173 @@
       <c r="B49" t="s">
         <v>298</v>
       </c>
       <c r="C49" t="s">
         <v>299</v>
       </c>
       <c r="D49" t="s">
         <v>278</v>
       </c>
       <c r="E49">
         <v>42776</v>
       </c>
       <c r="F49">
         <v>5026282301</v>
       </c>
       <c r="G49" t="s">
         <v>300</v>
       </c>
       <c r="H49" t="s">
         <v>301</v>
       </c>
       <c r="I49" t="s">
         <v>25</v>
       </c>
       <c r="J49" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K49" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>302</v>
       </c>
       <c r="B50" t="s">
         <v>303</v>
       </c>
       <c r="C50" t="s">
         <v>304</v>
       </c>
       <c r="D50" t="s">
         <v>232</v>
       </c>
       <c r="E50">
         <v>36572</v>
       </c>
       <c r="F50">
         <v>2514260010</v>
       </c>
       <c r="G50" t="s">
         <v>305</v>
       </c>
       <c r="H50" t="s">
         <v>306</v>
       </c>
       <c r="I50" t="s">
         <v>26</v>
       </c>
       <c r="J50" t="s">
         <v>184</v>
       </c>
       <c r="K50" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>307</v>
       </c>
       <c r="B51" t="s">
         <v>308</v>
       </c>
       <c r="C51" t="s">
         <v>309</v>
       </c>
       <c r="D51" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E51">
         <v>61858</v>
       </c>
       <c r="F51">
         <v>2175150010</v>
       </c>
       <c r="G51" t="s">
         <v>310</v>
       </c>
       <c r="H51" t="s">
         <v>311</v>
       </c>
       <c r="I51" t="s">
         <v>26</v>
       </c>
       <c r="J51" t="s">
         <v>26</v>
       </c>
       <c r="K51" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>312</v>
       </c>
       <c r="B52" t="s">
         <v>313</v>
       </c>
       <c r="C52" t="s">
         <v>314</v>
       </c>
       <c r="D52" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E52">
         <v>61301</v>
       </c>
       <c r="F52">
         <v>8157806030</v>
       </c>
       <c r="G52" t="s">
         <v>315</v>
       </c>
       <c r="H52" t="s">
         <v>316</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K52" t="s">
-        <v>40</v>
+        <v>177</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>317</v>
       </c>
       <c r="B53" t="s">
         <v>318</v>
       </c>
       <c r="C53" t="s">
         <v>319</v>
       </c>
       <c r="D53" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E53">
         <v>43518</v>
       </c>
       <c r="F53">
         <v>5137470001</v>
       </c>
       <c r="G53" t="s">
         <v>320</v>
       </c>
       <c r="H53" t="s">
         <v>321</v>
       </c>
       <c r="I53" t="s">
         <v>26</v>
       </c>
       <c r="J53" t="s">
         <v>269</v>
       </c>
       <c r="K53" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
@@ -4512,86 +4515,86 @@
       <c r="B54" t="s">
         <v>323</v>
       </c>
       <c r="C54" t="s">
         <v>324</v>
       </c>
       <c r="D54" t="s">
         <v>22</v>
       </c>
       <c r="E54">
         <v>77859</v>
       </c>
       <c r="F54">
         <v>9798143420</v>
       </c>
       <c r="G54" t="s">
         <v>325</v>
       </c>
       <c r="H54" t="s">
         <v>326</v>
       </c>
       <c r="I54" t="s">
         <v>17</v>
       </c>
       <c r="J54" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K54" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>327</v>
       </c>
       <c r="B55" t="s">
         <v>328</v>
       </c>
       <c r="C55" t="s">
         <v>329</v>
       </c>
       <c r="D55" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E55">
         <v>62294</v>
       </c>
       <c r="F55">
         <v>6188861010</v>
       </c>
       <c r="G55" t="s">
         <v>330</v>
       </c>
       <c r="H55" t="s">
         <v>331</v>
       </c>
       <c r="I55" t="s">
         <v>332</v>
       </c>
       <c r="J55" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K55" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>333</v>
       </c>
       <c r="B56" t="s">
         <v>334</v>
       </c>
       <c r="C56" t="s">
         <v>335</v>
       </c>
       <c r="D56" t="s">
         <v>14</v>
       </c>
       <c r="E56">
         <v>29203</v>
       </c>
       <c r="F56">
         <v>8392462121</v>
       </c>
       <c r="G56" t="s">
@@ -4599,2758 +4602,2758 @@
       </c>
       <c r="H56" t="s">
         <v>337</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56" t="s">
         <v>338</v>
       </c>
       <c r="K56" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>339</v>
       </c>
       <c r="B57" t="s">
         <v>340</v>
       </c>
       <c r="C57" t="s">
         <v>341</v>
       </c>
       <c r="D57" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E57">
         <v>95695</v>
       </c>
       <c r="F57">
         <v>5306543201</v>
       </c>
       <c r="G57" t="s">
         <v>342</v>
       </c>
       <c r="H57" t="s">
         <v>343</v>
       </c>
       <c r="I57" t="s">
         <v>26</v>
       </c>
       <c r="J57" t="s">
         <v>26</v>
       </c>
       <c r="K57" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>344</v>
       </c>
       <c r="B58" t="s">
         <v>345</v>
       </c>
       <c r="C58" t="s">
         <v>346</v>
       </c>
       <c r="D58" t="s">
         <v>347</v>
       </c>
       <c r="E58">
         <v>12072</v>
       </c>
-      <c r="F58" t="s">
+      <c r="F58">
+        <v>8383834240</v>
+      </c>
+      <c r="G58" t="s">
         <v>348</v>
       </c>
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>349</v>
       </c>
-      <c r="H58" t="s">
+      <c r="I58" t="s">
+        <v>34</v>
+      </c>
+      <c r="J58" t="s">
+        <v>41</v>
+      </c>
+      <c r="K58" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
+        <v>351</v>
+      </c>
+      <c r="B59" t="s">
+        <v>352</v>
+      </c>
+      <c r="C59" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="D59" t="s">
         <v>105</v>
       </c>
       <c r="E59">
         <v>86438</v>
       </c>
       <c r="F59">
         <v>9288370050</v>
       </c>
       <c r="G59" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="H59" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="I59" t="s">
         <v>17</v>
       </c>
       <c r="J59" t="s">
         <v>17</v>
       </c>
       <c r="K59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
+        <v>356</v>
+      </c>
+      <c r="B60" t="s">
+        <v>357</v>
+      </c>
+      <c r="C60" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D60" t="s">
         <v>22</v>
       </c>
       <c r="E60">
         <v>77357</v>
       </c>
       <c r="F60">
         <v>3469662525</v>
       </c>
       <c r="G60" t="s">
+        <v>359</v>
+      </c>
+      <c r="H60" t="s">
+        <v>360</v>
+      </c>
+      <c r="I60" t="s">
+        <v>33</v>
+      </c>
+      <c r="J60" t="s">
         <v>361</v>
       </c>
-      <c r="H60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K60" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
+        <v>362</v>
+      </c>
+      <c r="B61" t="s">
+        <v>363</v>
+      </c>
+      <c r="C61" t="s">
         <v>364</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E61">
         <v>15825</v>
       </c>
       <c r="F61">
         <v>8149362110</v>
       </c>
       <c r="G61" t="s">
+        <v>366</v>
+      </c>
+      <c r="H61" t="s">
+        <v>367</v>
+      </c>
+      <c r="I61" t="s">
         <v>368</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J61" t="s">
         <v>369</v>
       </c>
-      <c r="I61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K61" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
+        <v>370</v>
+      </c>
+      <c r="B62" t="s">
+        <v>371</v>
+      </c>
+      <c r="C62" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="D62" t="s">
         <v>123</v>
       </c>
       <c r="E62">
         <v>46563</v>
       </c>
       <c r="F62" t="s">
+        <v>373</v>
+      </c>
+      <c r="G62" t="s">
+        <v>374</v>
+      </c>
+      <c r="H62" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
       <c r="I62" t="s">
         <v>17</v>
       </c>
       <c r="J62" t="s">
         <v>17</v>
       </c>
       <c r="K62" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
+        <v>376</v>
+      </c>
+      <c r="B63" t="s">
+        <v>377</v>
+      </c>
+      <c r="C63" t="s">
         <v>378</v>
       </c>
-      <c r="B63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E63">
         <v>43128</v>
       </c>
       <c r="F63">
         <v>9378726080</v>
       </c>
       <c r="G63" t="s">
+        <v>379</v>
+      </c>
+      <c r="H63" t="s">
+        <v>380</v>
+      </c>
+      <c r="I63" t="s">
         <v>381</v>
       </c>
-      <c r="H63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="K63" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
+        <v>382</v>
+      </c>
+      <c r="B64" t="s">
+        <v>383</v>
+      </c>
+      <c r="C64" t="s">
         <v>384</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="E64">
         <v>84074</v>
       </c>
       <c r="F64">
         <v>3855413001</v>
       </c>
       <c r="G64" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="H64" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="I64" t="s">
         <v>26</v>
       </c>
       <c r="J64" t="s">
         <v>184</v>
       </c>
       <c r="K64" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
+        <v>388</v>
+      </c>
+      <c r="B65" t="s">
+        <v>389</v>
+      </c>
+      <c r="C65" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="D65" t="s">
         <v>22</v>
       </c>
       <c r="E65">
         <v>78570</v>
       </c>
       <c r="F65">
         <v>9566342070</v>
       </c>
       <c r="G65" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="H65" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="I65" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="J65" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="K65" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
+        <v>393</v>
+      </c>
+      <c r="B66" t="s">
+        <v>394</v>
+      </c>
+      <c r="C66" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="D66" t="s">
         <v>22</v>
       </c>
       <c r="E66">
         <v>75790</v>
       </c>
       <c r="F66">
         <v>9039634030</v>
       </c>
       <c r="G66" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="H66" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="I66" t="s">
         <v>269</v>
       </c>
       <c r="J66" t="s">
         <v>177</v>
       </c>
       <c r="K66" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
+        <v>398</v>
+      </c>
+      <c r="B67" t="s">
+        <v>399</v>
+      </c>
+      <c r="C67" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
       <c r="D67" t="s">
         <v>123</v>
       </c>
       <c r="E67">
         <v>47834</v>
       </c>
       <c r="F67">
         <v>9302780010</v>
       </c>
       <c r="G67" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="H67" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="I67" t="s">
         <v>17</v>
       </c>
       <c r="J67" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="K67" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
+        <v>404</v>
+      </c>
+      <c r="B68" t="s">
+        <v>405</v>
+      </c>
+      <c r="C68" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
       <c r="D68" t="s">
         <v>347</v>
       </c>
       <c r="E68">
         <v>14036</v>
       </c>
       <c r="F68">
         <v>5853167267</v>
       </c>
       <c r="G68" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="H68" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="I68" t="s">
         <v>17</v>
       </c>
       <c r="J68" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="K68" t="s">
-        <v>177</v>
+        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
+        <v>409</v>
+      </c>
+      <c r="B69" t="s">
+        <v>410</v>
+      </c>
+      <c r="C69" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
       <c r="D69" t="s">
         <v>22</v>
       </c>
       <c r="E69">
         <v>75110</v>
       </c>
       <c r="F69">
         <v>9039987130</v>
       </c>
       <c r="G69" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="H69" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="I69" t="s">
         <v>17</v>
       </c>
       <c r="J69" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K69" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
+        <v>414</v>
+      </c>
+      <c r="B70" t="s">
+        <v>415</v>
+      </c>
+      <c r="C70" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="D70" t="s">
         <v>22</v>
       </c>
       <c r="E70">
         <v>76849</v>
       </c>
       <c r="F70">
         <v>3257702670</v>
       </c>
       <c r="G70" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="H70" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="I70" t="s">
         <v>26</v>
       </c>
       <c r="J70" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="K70" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
+        <v>419</v>
+      </c>
+      <c r="B71" t="s">
+        <v>420</v>
+      </c>
+      <c r="C71" t="s">
         <v>421</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>424</v>
       </c>
       <c r="E71">
         <v>69101</v>
       </c>
       <c r="F71">
         <v>3083300070</v>
       </c>
       <c r="G71" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="H71" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="I71" t="s">
-        <v>39</v>
+        <v>269</v>
       </c>
       <c r="J71" t="s">
-        <v>79</v>
+        <v>177</v>
       </c>
       <c r="K71" t="s">
-        <v>79</v>
+        <v>177</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
+        <v>425</v>
+      </c>
+      <c r="B72" t="s">
+        <v>426</v>
+      </c>
+      <c r="C72" t="s">
         <v>427</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
       <c r="E72">
         <v>51521</v>
       </c>
       <c r="F72">
         <v>7123076300</v>
       </c>
       <c r="G72" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="H72" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="I72" t="s">
         <v>26</v>
       </c>
       <c r="J72" t="s">
         <v>177</v>
       </c>
       <c r="K72" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
+        <v>431</v>
+      </c>
+      <c r="B73" t="s">
+        <v>432</v>
+      </c>
+      <c r="C73" t="s">
         <v>433</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="D73" t="s">
         <v>22</v>
       </c>
       <c r="E73">
         <v>76177</v>
       </c>
       <c r="F73">
         <v>6828826190</v>
       </c>
       <c r="G73" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="H73" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="I73" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="J73" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K73" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
+        <v>436</v>
+      </c>
+      <c r="B74" t="s">
+        <v>437</v>
+      </c>
+      <c r="C74" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>440</v>
       </c>
       <c r="D74" t="s">
         <v>146</v>
       </c>
       <c r="E74">
         <v>27030</v>
       </c>
       <c r="F74">
         <v>7432621030</v>
       </c>
       <c r="G74" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="H74" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="I74" t="s">
-        <v>351</v>
+        <v>34</v>
       </c>
       <c r="J74" t="s">
         <v>177</v>
       </c>
       <c r="K74" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
+        <v>441</v>
+      </c>
+      <c r="B75" t="s">
+        <v>442</v>
+      </c>
+      <c r="C75" t="s">
         <v>443</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E75">
         <v>22546</v>
       </c>
       <c r="F75">
         <v>8049171040</v>
       </c>
       <c r="G75" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="H75" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="I75" t="s">
         <v>269</v>
       </c>
       <c r="J75" t="s">
         <v>177</v>
       </c>
       <c r="K75" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
+        <v>446</v>
+      </c>
+      <c r="B76" t="s">
+        <v>447</v>
+      </c>
+      <c r="C76" t="s">
         <v>448</v>
-      </c>
-[...4 lines deleted...]
-        <v>450</v>
       </c>
       <c r="D76" t="s">
         <v>278</v>
       </c>
       <c r="E76">
         <v>42001</v>
       </c>
       <c r="F76">
         <v>2703911880</v>
       </c>
       <c r="G76" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="H76" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="I76" t="s">
         <v>269</v>
       </c>
       <c r="J76" t="s">
         <v>177</v>
       </c>
       <c r="K76" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
+        <v>451</v>
+      </c>
+      <c r="B77" t="s">
+        <v>452</v>
+      </c>
+      <c r="C77" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="D77" t="s">
         <v>134</v>
       </c>
       <c r="E77">
         <v>31793</v>
       </c>
       <c r="F77">
         <v>2296520002</v>
       </c>
       <c r="G77" t="s">
+        <v>454</v>
+      </c>
+      <c r="H77" t="s">
+        <v>455</v>
+      </c>
+      <c r="I77" t="s">
         <v>456</v>
       </c>
-      <c r="H77" t="s">
+      <c r="J77" t="s">
         <v>457</v>
       </c>
-      <c r="I77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K77" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
+        <v>458</v>
+      </c>
+      <c r="B78" t="s">
+        <v>459</v>
+      </c>
+      <c r="C78" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>462</v>
       </c>
       <c r="D78" t="s">
         <v>99</v>
       </c>
       <c r="E78">
         <v>34482</v>
       </c>
       <c r="F78">
         <v>3523521311</v>
       </c>
       <c r="G78" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="H78" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="I78" t="s">
-        <v>351</v>
+        <v>34</v>
       </c>
       <c r="J78" t="s">
         <v>177</v>
       </c>
       <c r="K78" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>463</v>
+      </c>
+      <c r="B79" t="s">
+        <v>464</v>
+      </c>
+      <c r="C79" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
       <c r="D79" t="s">
         <v>232</v>
       </c>
       <c r="E79">
         <v>35594</v>
       </c>
       <c r="F79">
         <v>6599993201</v>
       </c>
       <c r="G79" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="H79" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="I79" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="J79" t="s">
-        <v>177</v>
+        <v>269</v>
       </c>
       <c r="K79" t="s">
-        <v>177</v>
+        <v>269</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
+        <v>468</v>
+      </c>
+      <c r="B80" t="s">
+        <v>469</v>
+      </c>
+      <c r="C80" t="s">
         <v>470</v>
-      </c>
-[...4 lines deleted...]
-        <v>472</v>
       </c>
       <c r="D80" t="s">
         <v>105</v>
       </c>
       <c r="E80" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="F80">
         <v>9284831101</v>
       </c>
       <c r="G80" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="H80" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="I80" t="s">
         <v>26</v>
       </c>
       <c r="J80" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="K80" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>474</v>
+      </c>
+      <c r="B81" t="s">
+        <v>475</v>
+      </c>
+      <c r="C81" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D81" t="s">
         <v>22</v>
       </c>
       <c r="E81">
         <v>75154</v>
       </c>
       <c r="F81">
         <v>9453320030</v>
       </c>
       <c r="G81" t="s">
+        <v>477</v>
+      </c>
+      <c r="H81" t="s">
+        <v>478</v>
+      </c>
+      <c r="I81" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
       <c r="J81" t="s">
         <v>177</v>
       </c>
       <c r="K81" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
+        <v>480</v>
+      </c>
+      <c r="B82" t="s">
+        <v>481</v>
+      </c>
+      <c r="C82" t="s">
         <v>482</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
       <c r="E82">
         <v>66801</v>
       </c>
       <c r="F82">
         <v>6203665029</v>
       </c>
       <c r="G82" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="H82" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="I82" t="s">
         <v>17</v>
       </c>
       <c r="J82" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="K82" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
+        <v>486</v>
+      </c>
+      <c r="B83" t="s">
+        <v>487</v>
+      </c>
+      <c r="C83" t="s">
         <v>488</v>
       </c>
-      <c r="B83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E83">
         <v>44010</v>
       </c>
       <c r="F83">
         <v>4408800414</v>
       </c>
       <c r="G83" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="H83" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="I83" t="s">
         <v>17</v>
       </c>
       <c r="J83" t="s">
         <v>177</v>
       </c>
       <c r="K83" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
+        <v>491</v>
+      </c>
+      <c r="B84" t="s">
+        <v>492</v>
+      </c>
+      <c r="C84" t="s">
         <v>493</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E84">
         <v>16373</v>
       </c>
       <c r="F84">
         <v>7248673004</v>
       </c>
       <c r="G84" t="s">
+        <v>494</v>
+      </c>
+      <c r="H84" t="s">
+        <v>495</v>
+      </c>
+      <c r="I84" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
       <c r="J84" t="s">
         <v>177</v>
       </c>
       <c r="K84" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
+        <v>497</v>
+      </c>
+      <c r="B85" t="s">
+        <v>498</v>
+      </c>
+      <c r="C85" t="s">
         <v>499</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="E85">
         <v>80828</v>
       </c>
       <c r="F85">
         <v>7197759506</v>
       </c>
       <c r="G85" t="s">
+        <v>501</v>
+      </c>
+      <c r="H85" t="s">
+        <v>502</v>
+      </c>
+      <c r="I85" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
       <c r="J85" t="s">
         <v>177</v>
       </c>
       <c r="K85" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
+        <v>504</v>
+      </c>
+      <c r="B86" t="s">
+        <v>505</v>
+      </c>
+      <c r="C86" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>508</v>
       </c>
       <c r="D86" t="s">
         <v>22</v>
       </c>
       <c r="E86">
         <v>77090</v>
       </c>
       <c r="F86">
         <v>3467814366</v>
       </c>
       <c r="G86" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="H86" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="I86" t="s">
         <v>269</v>
       </c>
       <c r="J86" t="s">
         <v>177</v>
       </c>
       <c r="K86" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
+        <v>509</v>
+      </c>
+      <c r="B87" t="s">
+        <v>510</v>
+      </c>
+      <c r="C87" t="s">
         <v>511</v>
-      </c>
-[...4 lines deleted...]
-        <v>513</v>
       </c>
       <c r="D87" t="s">
         <v>22</v>
       </c>
       <c r="E87">
         <v>76301</v>
       </c>
       <c r="F87">
         <v>9404002610</v>
       </c>
       <c r="G87" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="H87" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="I87" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="J87" t="s">
         <v>177</v>
       </c>
       <c r="K87" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
+        <v>514</v>
+      </c>
+      <c r="B88" t="s">
+        <v>515</v>
+      </c>
+      <c r="C88" t="s">
         <v>516</v>
       </c>
-      <c r="B88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="E88">
         <v>84119</v>
       </c>
       <c r="F88">
         <v>3853864700</v>
       </c>
       <c r="G88" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="H88" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="I88" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="J88" t="s">
         <v>177</v>
       </c>
       <c r="K88" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
+        <v>519</v>
+      </c>
+      <c r="B89" t="s">
+        <v>520</v>
+      </c>
+      <c r="C89" t="s">
         <v>521</v>
-      </c>
-[...4 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D89" t="s">
         <v>22</v>
       </c>
       <c r="E89">
         <v>76009</v>
       </c>
       <c r="F89" t="s">
+        <v>522</v>
+      </c>
+      <c r="G89" t="s">
+        <v>523</v>
+      </c>
+      <c r="H89" t="s">
         <v>524</v>
-      </c>
-[...4 lines deleted...]
-        <v>526</v>
       </c>
       <c r="I89" t="s">
         <v>184</v>
       </c>
       <c r="J89" t="s">
         <v>177</v>
       </c>
       <c r="K89" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
+        <v>525</v>
+      </c>
+      <c r="B90" t="s">
+        <v>526</v>
+      </c>
+      <c r="C90" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>529</v>
       </c>
       <c r="D90" t="s">
         <v>92</v>
       </c>
       <c r="E90">
         <v>73662</v>
       </c>
       <c r="F90">
         <v>5809283616</v>
       </c>
       <c r="G90" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="H90" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="I90" t="s">
         <v>184</v>
       </c>
       <c r="J90" t="s">
         <v>177</v>
       </c>
       <c r="K90" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
+        <v>530</v>
+      </c>
+      <c r="B91" t="s">
+        <v>531</v>
+      </c>
+      <c r="C91" t="s">
         <v>532</v>
-      </c>
-[...4 lines deleted...]
-        <v>534</v>
       </c>
       <c r="D91" t="s">
         <v>22</v>
       </c>
       <c r="E91">
         <v>77320</v>
       </c>
       <c r="F91">
         <v>9364359119</v>
       </c>
       <c r="G91" t="s">
+        <v>533</v>
+      </c>
+      <c r="H91" t="s">
+        <v>534</v>
+      </c>
+      <c r="I91" t="s">
         <v>535</v>
       </c>
-      <c r="H91" t="s">
+      <c r="J91" t="s">
         <v>536</v>
-      </c>
-[...4 lines deleted...]
-        <v>538</v>
       </c>
       <c r="K91" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
+        <v>537</v>
+      </c>
+      <c r="B92" t="s">
+        <v>538</v>
+      </c>
+      <c r="C92" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D92" t="s">
         <v>22</v>
       </c>
       <c r="E92">
         <v>79118</v>
       </c>
       <c r="F92">
         <v>8063351656</v>
       </c>
       <c r="G92" t="s">
+        <v>540</v>
+      </c>
+      <c r="H92" t="s">
+        <v>541</v>
+      </c>
+      <c r="I92" t="s">
+        <v>34</v>
+      </c>
+      <c r="J92" t="s">
         <v>542</v>
-      </c>
-[...7 lines deleted...]
-        <v>544</v>
       </c>
       <c r="K92" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
+        <v>543</v>
+      </c>
+      <c r="B93" t="s">
+        <v>544</v>
+      </c>
+      <c r="C93" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>547</v>
       </c>
       <c r="D93" t="s">
         <v>22</v>
       </c>
       <c r="E93">
         <v>79706</v>
       </c>
       <c r="F93">
         <v>4325615906</v>
       </c>
       <c r="G93" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="H93" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="I93" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J93" t="s">
-        <v>177</v>
+        <v>542</v>
       </c>
       <c r="K93" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
+        <v>548</v>
+      </c>
+      <c r="B94" t="s">
+        <v>549</v>
+      </c>
+      <c r="C94" t="s">
         <v>550</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D94" t="s">
         <v>22</v>
       </c>
       <c r="E94">
         <v>76706</v>
       </c>
       <c r="F94">
         <v>2546625500</v>
       </c>
       <c r="G94" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="H94" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="I94" t="s">
         <v>269</v>
       </c>
       <c r="J94" t="s">
         <v>177</v>
       </c>
       <c r="K94" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>553</v>
+      </c>
+      <c r="B95" t="s">
+        <v>554</v>
+      </c>
+      <c r="C95" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>557</v>
       </c>
       <c r="D95" t="s">
         <v>22</v>
       </c>
       <c r="E95">
         <v>78045</v>
       </c>
       <c r="F95">
         <v>9567241211</v>
       </c>
       <c r="G95" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="H95" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="I95" t="s">
         <v>184</v>
       </c>
       <c r="J95" t="s">
         <v>177</v>
       </c>
       <c r="K95" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
+        <v>558</v>
+      </c>
+      <c r="B96" t="s">
+        <v>559</v>
+      </c>
+      <c r="C96" t="s">
         <v>560</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="D96" t="s">
         <v>105</v>
       </c>
       <c r="E96">
         <v>85131</v>
       </c>
       <c r="F96">
         <v>5204662199</v>
       </c>
       <c r="G96" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="H96" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="I96" t="s">
         <v>184</v>
       </c>
       <c r="J96" t="s">
         <v>177</v>
       </c>
       <c r="K96" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
+        <v>563</v>
+      </c>
+      <c r="B97" t="s">
+        <v>564</v>
+      </c>
+      <c r="C97" t="s">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>567</v>
       </c>
       <c r="D97" t="s">
         <v>105</v>
       </c>
       <c r="E97">
         <v>86047</v>
       </c>
       <c r="F97">
         <v>9282891112</v>
       </c>
       <c r="G97" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="H97" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="I97" t="s">
         <v>184</v>
       </c>
       <c r="J97" t="s">
         <v>177</v>
       </c>
       <c r="K97" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
+        <v>568</v>
+      </c>
+      <c r="B98" t="s">
+        <v>569</v>
+      </c>
+      <c r="C98" t="s">
         <v>570</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
       <c r="D98" t="s">
         <v>22</v>
       </c>
       <c r="E98">
         <v>79821</v>
       </c>
       <c r="F98">
         <v>9158863252</v>
       </c>
       <c r="G98" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="H98" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="I98" t="s">
         <v>184</v>
       </c>
       <c r="J98" t="s">
         <v>177</v>
       </c>
       <c r="K98" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
+        <v>573</v>
+      </c>
+      <c r="B99" t="s">
+        <v>574</v>
+      </c>
+      <c r="C99" t="s">
         <v>575</v>
-      </c>
-[...4 lines deleted...]
-        <v>577</v>
       </c>
       <c r="D99" t="s">
         <v>22</v>
       </c>
       <c r="E99">
         <v>77521</v>
       </c>
       <c r="F99">
         <v>2814245555</v>
       </c>
       <c r="G99" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="H99" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="I99" t="s">
         <v>269</v>
       </c>
       <c r="J99" t="s">
         <v>177</v>
       </c>
       <c r="K99" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
+        <v>578</v>
+      </c>
+      <c r="B100" t="s">
+        <v>579</v>
+      </c>
+      <c r="C100" t="s">
         <v>580</v>
       </c>
-      <c r="B100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E100">
         <v>64060</v>
       </c>
       <c r="F100">
         <v>8166354103</v>
       </c>
       <c r="G100" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="H100" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I100" t="s">
         <v>184</v>
       </c>
       <c r="J100" t="s">
         <v>177</v>
       </c>
       <c r="K100" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
+        <v>583</v>
+      </c>
+      <c r="B101" t="s">
+        <v>584</v>
+      </c>
+      <c r="C101" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>587</v>
       </c>
       <c r="D101" t="s">
         <v>92</v>
       </c>
       <c r="E101">
         <v>73128</v>
       </c>
       <c r="F101">
         <v>4057890679</v>
       </c>
       <c r="G101" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="H101" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="I101" t="s">
         <v>184</v>
       </c>
       <c r="J101" t="s">
         <v>177</v>
       </c>
       <c r="K101" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
+        <v>588</v>
+      </c>
+      <c r="B102" t="s">
+        <v>589</v>
+      </c>
+      <c r="C102" t="s">
         <v>590</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="D102" t="s">
         <v>22</v>
       </c>
       <c r="E102">
         <v>75482</v>
       </c>
       <c r="F102">
         <v>9034396200</v>
       </c>
       <c r="G102" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="H102" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="I102" t="s">
         <v>269</v>
       </c>
       <c r="J102" t="s">
         <v>177</v>
       </c>
       <c r="K102" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
+        <v>593</v>
+      </c>
+      <c r="B103" t="s">
+        <v>594</v>
+      </c>
+      <c r="C103" t="s">
         <v>595</v>
       </c>
-      <c r="B103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D103" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E103">
         <v>65233</v>
       </c>
       <c r="F103">
         <v>6608829595</v>
       </c>
       <c r="G103" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="H103" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="I103" t="s">
         <v>184</v>
       </c>
       <c r="J103" t="s">
         <v>177</v>
       </c>
       <c r="K103" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
+        <v>598</v>
+      </c>
+      <c r="B104" t="s">
+        <v>599</v>
+      </c>
+      <c r="C104" t="s">
         <v>600</v>
       </c>
-      <c r="B104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E104">
         <v>64804</v>
       </c>
       <c r="F104">
         <v>4176267767</v>
       </c>
       <c r="G104" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="H104" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="I104" t="s">
         <v>184</v>
       </c>
       <c r="J104" t="s">
-        <v>544</v>
+        <v>177</v>
       </c>
       <c r="K104" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
+        <v>603</v>
+      </c>
+      <c r="B105" t="s">
+        <v>604</v>
+      </c>
+      <c r="C105" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>607</v>
       </c>
       <c r="D105" t="s">
         <v>140</v>
       </c>
       <c r="E105">
         <v>72802</v>
       </c>
       <c r="F105">
         <v>4798809224</v>
       </c>
       <c r="G105" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="H105" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="I105" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="J105" t="s">
         <v>177</v>
       </c>
       <c r="K105" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
+        <v>608</v>
+      </c>
+      <c r="B106" t="s">
+        <v>609</v>
+      </c>
+      <c r="C106" t="s">
         <v>610</v>
-      </c>
-[...4 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D106" t="s">
         <v>140</v>
       </c>
       <c r="E106">
         <v>72019</v>
       </c>
       <c r="F106">
         <v>5017944556</v>
       </c>
       <c r="G106" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="H106" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="I106" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="J106" t="s">
-        <v>177</v>
+        <v>227</v>
       </c>
       <c r="K106" t="s">
-        <v>177</v>
+        <v>227</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
+        <v>613</v>
+      </c>
+      <c r="B107" t="s">
+        <v>614</v>
+      </c>
+      <c r="C107" t="s">
         <v>615</v>
       </c>
-      <c r="B107" t="s">
+      <c r="D107" t="s">
         <v>616</v>
-      </c>
-[...4 lines deleted...]
-        <v>618</v>
       </c>
       <c r="E107">
         <v>71033</v>
       </c>
       <c r="F107">
         <v>3189387777</v>
       </c>
       <c r="G107" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="H107" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="I107" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J107" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="K107" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
+        <v>619</v>
+      </c>
+      <c r="B108" t="s">
+        <v>620</v>
+      </c>
+      <c r="C108" t="s">
         <v>621</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
       <c r="D108" t="s">
         <v>146</v>
       </c>
       <c r="E108">
         <v>27542</v>
       </c>
       <c r="F108">
         <v>9192840415</v>
       </c>
       <c r="G108" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="H108" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="I108" t="s">
         <v>184</v>
       </c>
       <c r="J108" t="s">
         <v>177</v>
       </c>
       <c r="K108" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
+        <v>624</v>
+      </c>
+      <c r="B109" t="s">
+        <v>625</v>
+      </c>
+      <c r="C109" t="s">
         <v>626</v>
       </c>
-      <c r="B109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E109">
         <v>45005</v>
       </c>
       <c r="F109">
         <v>9377469270</v>
       </c>
       <c r="G109" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="H109" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="I109" t="s">
         <v>184</v>
       </c>
       <c r="J109" t="s">
         <v>177</v>
       </c>
       <c r="K109" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
+        <v>629</v>
+      </c>
+      <c r="B110" t="s">
+        <v>630</v>
+      </c>
+      <c r="C110" t="s">
         <v>631</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
       <c r="D110" t="s">
         <v>134</v>
       </c>
       <c r="E110">
         <v>30179</v>
       </c>
       <c r="F110">
         <v>7705628283</v>
       </c>
       <c r="G110" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="H110" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="I110" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J110" t="s">
         <v>177</v>
       </c>
       <c r="K110" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
+        <v>634</v>
+      </c>
+      <c r="B111" t="s">
+        <v>635</v>
+      </c>
+      <c r="C111" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>638</v>
       </c>
       <c r="D111" t="s">
         <v>232</v>
       </c>
       <c r="E111">
         <v>35405</v>
       </c>
       <c r="F111">
         <v>2056332111</v>
       </c>
       <c r="G111" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="H111" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="I111" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="J111" t="s">
         <v>177</v>
       </c>
       <c r="K111" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B112" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C112" t="s">
         <v>162</v>
       </c>
       <c r="D112" t="s">
         <v>117</v>
       </c>
       <c r="E112">
         <v>39204</v>
       </c>
       <c r="F112">
         <v>6019696667</v>
       </c>
       <c r="G112" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="H112" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="I112" t="s">
-        <v>645</v>
+        <v>34</v>
       </c>
       <c r="J112" t="s">
         <v>177</v>
       </c>
       <c r="K112" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="B113" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C113" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="D113" t="s">
         <v>117</v>
       </c>
       <c r="E113">
         <v>39503</v>
       </c>
       <c r="F113">
         <v>2288228747</v>
       </c>
       <c r="G113" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="H113" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="I113" t="s">
         <v>184</v>
       </c>
       <c r="J113" t="s">
         <v>177</v>
       </c>
       <c r="K113" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B114" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C114" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="D114" t="s">
         <v>14</v>
       </c>
       <c r="E114">
         <v>29018</v>
       </c>
       <c r="F114">
         <v>8038292657</v>
       </c>
       <c r="G114" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="H114" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="I114" t="s">
         <v>184</v>
       </c>
       <c r="J114" t="s">
         <v>177</v>
       </c>
       <c r="K114" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="B115" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C115" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D115" t="s">
         <v>134</v>
       </c>
       <c r="E115">
         <v>31407</v>
       </c>
       <c r="F115">
         <v>9129662271</v>
       </c>
       <c r="G115" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="H115" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="I115" t="s">
         <v>184</v>
       </c>
       <c r="J115" t="s">
         <v>177</v>
       </c>
       <c r="K115" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="B116" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="C116" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="D116" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E116">
         <v>44515</v>
       </c>
       <c r="F116">
         <v>3305441126</v>
       </c>
       <c r="G116" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="H116" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="I116" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="J116" t="s">
         <v>177</v>
       </c>
       <c r="K116" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="B117" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="C117" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D117" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="E117">
         <v>52773</v>
       </c>
       <c r="F117">
         <v>5632844265</v>
       </c>
       <c r="G117" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="H117" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="I117" t="s">
         <v>184</v>
       </c>
       <c r="J117" t="s">
         <v>177</v>
       </c>
       <c r="K117" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="B118" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C118" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="D118" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="E118">
         <v>50323</v>
       </c>
       <c r="F118">
         <v>5152762272</v>
       </c>
       <c r="G118" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="H118" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="I118" t="s">
         <v>184</v>
       </c>
       <c r="J118" t="s">
         <v>177</v>
       </c>
       <c r="K118" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="B119" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="C119" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D119" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E119">
         <v>62401</v>
       </c>
       <c r="F119">
         <v>2178571760</v>
       </c>
       <c r="G119" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="H119" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="I119" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="J119" t="s">
         <v>177</v>
       </c>
       <c r="K119" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="B120" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C120" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="D120" t="s">
         <v>278</v>
       </c>
       <c r="E120">
         <v>42262</v>
       </c>
       <c r="F120">
         <v>2706409812</v>
       </c>
       <c r="G120" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="H120" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="I120" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="J120" t="s">
         <v>177</v>
       </c>
       <c r="K120" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B121" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="C121" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D121" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E121">
         <v>63867</v>
       </c>
       <c r="F121">
         <v>5734722298</v>
       </c>
       <c r="G121" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="H121" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="I121" t="s">
         <v>184</v>
       </c>
       <c r="J121" t="s">
         <v>177</v>
       </c>
       <c r="K121" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="B122" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="C122" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D122" t="s">
         <v>278</v>
       </c>
       <c r="E122">
         <v>40324</v>
       </c>
       <c r="F122">
         <v>5028634069</v>
       </c>
       <c r="G122" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="H122" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="I122" t="s">
         <v>17</v>
       </c>
       <c r="J122" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K122" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="B123" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="C123" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D123" t="s">
         <v>278</v>
       </c>
       <c r="E123">
         <v>42740</v>
       </c>
       <c r="F123">
         <v>2703690180</v>
       </c>
       <c r="G123" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="H123" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="I123" t="s">
-        <v>184</v>
+        <v>95</v>
       </c>
       <c r="J123" t="s">
         <v>177</v>
       </c>
       <c r="K123" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B124" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C124" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D124" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E124">
         <v>43074</v>
       </c>
       <c r="F124">
         <v>7409653540</v>
       </c>
       <c r="G124" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="H124" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="I124" t="s">
-        <v>269</v>
+        <v>34</v>
       </c>
       <c r="J124" t="s">
         <v>177</v>
       </c>
       <c r="K124" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="B125" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="C125" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="D125" t="s">
         <v>111</v>
       </c>
       <c r="E125">
         <v>37090</v>
       </c>
       <c r="F125">
         <v>6154490004</v>
       </c>
       <c r="G125" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="H125" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="I125" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J125" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="K125" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="B126" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="C126" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="D126" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E126">
         <v>17112</v>
       </c>
       <c r="F126">
         <v>7179964999</v>
       </c>
       <c r="G126" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="H126" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="I126" t="s">
-        <v>184</v>
+        <v>713</v>
       </c>
       <c r="J126" t="s">
         <v>177</v>
       </c>
       <c r="K126" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
+        <v>714</v>
+      </c>
+      <c r="B127" t="s">
+        <v>715</v>
+      </c>
+      <c r="C127" t="s">
         <v>716</v>
       </c>
-      <c r="B127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E127">
         <v>45808</v>
       </c>
       <c r="F127">
         <v>4196438273</v>
       </c>
       <c r="G127" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="H127" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="I127" t="s">
         <v>184</v>
       </c>
       <c r="J127" t="s">
         <v>177</v>
       </c>
       <c r="K127" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
+        <v>719</v>
+      </c>
+      <c r="B128" t="s">
+        <v>720</v>
+      </c>
+      <c r="C128" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>723</v>
       </c>
       <c r="D128" t="s">
         <v>134</v>
       </c>
       <c r="E128">
         <v>30721</v>
       </c>
       <c r="F128">
         <v>7062720673</v>
       </c>
       <c r="G128" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="H128" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="I128" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="J128" t="s">
         <v>177</v>
       </c>
       <c r="K128" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
+        <v>724</v>
+      </c>
+      <c r="B129" t="s">
+        <v>725</v>
+      </c>
+      <c r="C129" t="s">
         <v>726</v>
-      </c>
-[...4 lines deleted...]
-        <v>728</v>
       </c>
       <c r="D129" t="s">
         <v>134</v>
       </c>
       <c r="E129">
         <v>31601</v>
       </c>
       <c r="F129">
         <v>2292443179</v>
       </c>
       <c r="G129" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="H129" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="I129" t="s">
         <v>184</v>
       </c>
       <c r="J129" t="s">
         <v>177</v>
       </c>
       <c r="K129" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
+        <v>729</v>
+      </c>
+      <c r="B130" t="s">
+        <v>730</v>
+      </c>
+      <c r="C130" t="s">
         <v>731</v>
-      </c>
-[...4 lines deleted...]
-        <v>733</v>
       </c>
       <c r="D130" t="s">
         <v>111</v>
       </c>
       <c r="E130">
         <v>37725</v>
       </c>
       <c r="F130">
         <v>8653971427</v>
       </c>
       <c r="G130" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="H130" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="I130" t="s">
         <v>184</v>
       </c>
       <c r="J130" t="s">
         <v>177</v>
       </c>
       <c r="K130" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
+        <v>734</v>
+      </c>
+      <c r="B131" t="s">
+        <v>735</v>
+      </c>
+      <c r="C131" t="s">
         <v>736</v>
-      </c>
-[...4 lines deleted...]
-        <v>738</v>
       </c>
       <c r="D131" t="s">
         <v>123</v>
       </c>
       <c r="E131">
         <v>46406</v>
       </c>
       <c r="F131">
         <v>2198445614</v>
       </c>
       <c r="G131" t="s">
+        <v>737</v>
+      </c>
+      <c r="H131" t="s">
+        <v>738</v>
+      </c>
+      <c r="I131" t="s">
+        <v>34</v>
+      </c>
+      <c r="J131" t="s">
         <v>739</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
       <c r="K131" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
+        <v>740</v>
+      </c>
+      <c r="B132" t="s">
         <v>741</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="D132" t="s">
         <v>123</v>
       </c>
       <c r="E132">
         <v>46184</v>
       </c>
       <c r="F132">
         <v>3175350298</v>
       </c>
       <c r="G132" t="s">
+        <v>743</v>
+      </c>
+      <c r="H132" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="I132" t="s">
         <v>184</v>
       </c>
       <c r="J132" t="s">
         <v>177</v>
       </c>
       <c r="K132" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
+        <v>745</v>
+      </c>
+      <c r="B133" t="s">
         <v>746</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>747</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E133">
         <v>61080</v>
       </c>
       <c r="F133">
         <v>8153898222</v>
       </c>
       <c r="G133" t="s">
+        <v>748</v>
+      </c>
+      <c r="H133" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="I133" t="s">
         <v>184</v>
       </c>
       <c r="J133" t="s">
         <v>177</v>
       </c>
       <c r="K133" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
+        <v>750</v>
+      </c>
+      <c r="B134" t="s">
         <v>751</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
         <v>752</v>
       </c>
-      <c r="C134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D134" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="E134">
-        <v>44010</v>
-[...2 lines deleted...]
-        <v>4402751000</v>
+        <v>75570</v>
+      </c>
+      <c r="F134" t="s">
+        <v>753</v>
       </c>
       <c r="G134" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H134" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="I134" t="s">
         <v>184</v>
       </c>
       <c r="J134" t="s">
         <v>177</v>
       </c>
       <c r="K134" t="s">
         <v>177</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>