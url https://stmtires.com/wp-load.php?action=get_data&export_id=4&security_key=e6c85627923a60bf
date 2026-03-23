--- v1 (2026-01-27)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="756">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="772">
   <si>
     <t>Store Name</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Longitude and Latitude</t>
   </si>
   <si>
@@ -89,695 +89,695 @@
   <si>
     <t>7am-11pm</t>
   </si>
   <si>
     <t>8am-10pm</t>
   </si>
   <si>
     <t>STMP-657</t>
   </si>
   <si>
     <t>1815 N Foster Road</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>stmp657@stmpilot.com</t>
   </si>
   <si>
     <t>-98.493722, 29.425037</t>
   </si>
   <si>
+    <t>6am-10pm</t>
+  </si>
+  <si>
+    <t>8am-5pm</t>
+  </si>
+  <si>
+    <t>STMP-773</t>
+  </si>
+  <si>
+    <t>269 Bear River Drive</t>
+  </si>
+  <si>
+    <t>Evanston</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>stmp773@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-110.96744, 41.260223</t>
+  </si>
+  <si>
+    <t>7am-10pm</t>
+  </si>
+  <si>
+    <t>7am-6pm</t>
+  </si>
+  <si>
+    <t>STMP-544</t>
+  </si>
+  <si>
+    <t>24002 W Veterans Memorial Parkway</t>
+  </si>
+  <si>
+    <t>Warrenton</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>stmp544@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-91.2166, 38.808454</t>
+  </si>
+  <si>
+    <t>8am-4pm</t>
+  </si>
+  <si>
+    <t>STMP-728</t>
+  </si>
+  <si>
+    <t>1301 Horizon Blvd</t>
+  </si>
+  <si>
+    <t>El Paso</t>
+  </si>
+  <si>
+    <t>stmp728@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-106.490969, 31.76321</t>
+  </si>
+  <si>
+    <t>6am-10:30pm</t>
+  </si>
+  <si>
+    <t>STMP-924</t>
+  </si>
+  <si>
+    <t>1501 North Jack Tone Road</t>
+  </si>
+  <si>
+    <t>Ripon</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>stmp924@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-121.115411, 37.765177</t>
+  </si>
+  <si>
+    <t>STMP-895</t>
+  </si>
+  <si>
+    <t>17039 Zachary Ave</t>
+  </si>
+  <si>
+    <t>Bakersfield</t>
+  </si>
+  <si>
+    <t>stmp895@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-119.018911, 35.373405</t>
+  </si>
+  <si>
+    <t>6:00am-10:00pm</t>
+  </si>
+  <si>
+    <t>STMP-219</t>
+  </si>
+  <si>
+    <t>711 Oakland Circle</t>
+  </si>
+  <si>
+    <t>Raphine</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>stmp219@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-79.276332, 37.941296</t>
+  </si>
+  <si>
+    <t>STMP-196</t>
+  </si>
+  <si>
+    <t>11557 Hopewell Rd</t>
+  </si>
+  <si>
+    <t>Hagerstown</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>stmp196@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-77.722229, 39.639011</t>
+  </si>
+  <si>
+    <t>12am-11:59pm</t>
+  </si>
+  <si>
+    <t>6am-11:59pm</t>
+  </si>
+  <si>
+    <t>STMP-289</t>
+  </si>
+  <si>
+    <t>26255 Warns Rd</t>
+  </si>
+  <si>
+    <t>Perrysburg</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>stmp289@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-83.635095, 41.546106</t>
+  </si>
+  <si>
+    <t>10am-6pm</t>
+  </si>
+  <si>
+    <t>STMP-489</t>
+  </si>
+  <si>
+    <t>312 Brown Street</t>
+  </si>
+  <si>
+    <t>Bloomington</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>stmp489@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-88.984326, 40.474034</t>
+  </si>
+  <si>
+    <t>7am-11pm, 24/7 Roadside</t>
+  </si>
+  <si>
+    <t>7am - 6pm, 24/7 Roadside</t>
+  </si>
+  <si>
+    <t>STMP-617</t>
+  </si>
+  <si>
+    <t>125 N. 129th Ave</t>
+  </si>
+  <si>
+    <t>Tulsa</t>
+  </si>
+  <si>
+    <t>OK</t>
+  </si>
+  <si>
+    <t>stmp617@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-95.975663, 36.133354</t>
+  </si>
+  <si>
+    <t>7am-8pm</t>
+  </si>
+  <si>
+    <t>STMP-375</t>
+  </si>
+  <si>
+    <t>954 State Road 206 West</t>
+  </si>
+  <si>
+    <t>St. Augustine</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>stmp375@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-81.31427, 29.8920994</t>
+  </si>
+  <si>
+    <t>STMP-850</t>
+  </si>
+  <si>
+    <t>1141 West Main Street</t>
+  </si>
+  <si>
+    <t>Quartzsite</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>stmp850@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-114.217114, 33.666701</t>
+  </si>
+  <si>
+    <t>STMP-330</t>
+  </si>
+  <si>
+    <t>15559 Highway 13 South</t>
+  </si>
+  <si>
+    <t>Hurricane Mills</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>stmp330@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-87.810501, 35.923959</t>
+  </si>
+  <si>
+    <t>STMP-502</t>
+  </si>
+  <si>
+    <t>1551 Tommy Webb Drive</t>
+  </si>
+  <si>
+    <t>Meridian</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>stmp502@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-88.713087, 32.378082</t>
+  </si>
+  <si>
+    <t>STMP-464</t>
+  </si>
+  <si>
+    <t>4154 West US Highway 24</t>
+  </si>
+  <si>
+    <t>Remington</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>stmp464@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-87.140991, 40.903837</t>
+  </si>
+  <si>
+    <t>STMP-498</t>
+  </si>
+  <si>
+    <t>699 State Route 203</t>
+  </si>
+  <si>
+    <t>East St. Louis</t>
+  </si>
+  <si>
+    <t>stmp498@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-90.154935, 38.622934</t>
+  </si>
+  <si>
+    <t>STMP-345</t>
+  </si>
+  <si>
+    <t>318 Cordele Road</t>
+  </si>
+  <si>
+    <t>Albany</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>stmp345@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-84.17617, 31.576883</t>
+  </si>
+  <si>
+    <t>STMP-539</t>
+  </si>
+  <si>
+    <t>8300 State Highway 108</t>
+  </si>
+  <si>
+    <t>Texarkana</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>stmp539@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-93.876485, 33.431043</t>
+  </si>
+  <si>
+    <t>STMP-242</t>
+  </si>
+  <si>
+    <t>3712 Crabtree Rd</t>
+  </si>
+  <si>
+    <t>Waynesville</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>stmp242@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-83.00137, 35.48389</t>
+  </si>
+  <si>
+    <t>6am-8pm</t>
+  </si>
+  <si>
+    <t>STMP-529</t>
+  </si>
+  <si>
+    <t>3400 Service Loop Road</t>
+  </si>
+  <si>
+    <t>West Memphis</t>
+  </si>
+  <si>
+    <t>stmp529@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-90.184794, 35.146477</t>
+  </si>
+  <si>
+    <t>STMP-851</t>
+  </si>
+  <si>
+    <t>3300 E Andy Devine Ave</t>
+  </si>
+  <si>
+    <t>Kingman</t>
+  </si>
+  <si>
+    <t>stmp851@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-114.024054, 35.210297</t>
+  </si>
+  <si>
+    <t>STMP-343</t>
+  </si>
+  <si>
+    <t>1125 Bucksnort Road</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>stmp343@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-83.981112, 33.319863</t>
+  </si>
+  <si>
+    <t>STMP-318</t>
+  </si>
+  <si>
+    <t>543 Highway 309</t>
+  </si>
+  <si>
+    <t>Niota</t>
+  </si>
+  <si>
+    <t>stmp318@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-84.582782, 35.542073</t>
+  </si>
+  <si>
+    <t>STMP-164</t>
+  </si>
+  <si>
+    <t>326 Slapes Corner</t>
+  </si>
+  <si>
+    <t>Carneys Point</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>08069</t>
+  </si>
+  <si>
+    <t>stmp164@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-75.4709625, 39.716671</t>
+  </si>
+  <si>
+    <t>Closed</t>
+  </si>
+  <si>
+    <t>STMP-740</t>
+  </si>
+  <si>
+    <t>9915 Avalon Road NW</t>
+  </si>
+  <si>
+    <t>Albuquerque</t>
+  </si>
+  <si>
+    <t>NM</t>
+  </si>
+  <si>
+    <t>stmp740@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-106.626718, 35.08133</t>
+  </si>
+  <si>
+    <t>STMP-258</t>
+  </si>
+  <si>
+    <t>1011 North Mountain St</t>
+  </si>
+  <si>
+    <t>Blacksburg</t>
+  </si>
+  <si>
+    <t>stmp258@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-81.494193, 35.10953</t>
+  </si>
+  <si>
+    <t>STMP-661</t>
+  </si>
+  <si>
+    <t>I-20 Exit 277 101B N FM 707</t>
+  </si>
+  <si>
+    <t>Merkel</t>
+  </si>
+  <si>
+    <t>stmp661@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-99.939593, 32.329643</t>
+  </si>
+  <si>
+    <t>STMP-759</t>
+  </si>
+  <si>
+    <t>2401 Clear Creek Pkwy</t>
+  </si>
+  <si>
+    <t>Cheyenne</t>
+  </si>
+  <si>
+    <t>stmp759@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-104.816544, 41.138866</t>
+  </si>
+  <si>
+    <t>STMP-478</t>
+  </si>
+  <si>
+    <t>106 West Trefz Drive</t>
+  </si>
+  <si>
+    <t>Marshall</t>
+  </si>
+  <si>
+    <t>stmp478@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-87.747363, 39.331139</t>
+  </si>
+  <si>
+    <t>STMP-427</t>
+  </si>
+  <si>
+    <t>21055 West Road, I-75 Exit 32</t>
+  </si>
+  <si>
+    <t>Woodhaven</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>stmp427@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-83.2447891, 42.1384888</t>
+  </si>
+  <si>
+    <t>8:30am-5:00pm</t>
+  </si>
+  <si>
+    <t>STMP-849</t>
+  </si>
+  <si>
+    <t>12505 Brannigan Park Road</t>
+  </si>
+  <si>
+    <t>Bellemont</t>
+  </si>
+  <si>
+    <t>stmp849@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-112.052427, 35.630842</t>
+  </si>
+  <si>
+    <t>STMP-229</t>
+  </si>
+  <si>
+    <t>1352 Trollingwood Hawfields Rd.</t>
+  </si>
+  <si>
+    <t>Mebane</t>
+  </si>
+  <si>
+    <t>stmp229@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-79.306093, 36.087114</t>
+  </si>
+  <si>
+    <t>STMP-262</t>
+  </si>
+  <si>
+    <t>112 Frontage Rd</t>
+  </si>
+  <si>
+    <t>Piedmont</t>
+  </si>
+  <si>
+    <t>stmp262@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-82.392453, 34.72209</t>
+  </si>
+  <si>
+    <t>7am-12pm</t>
+  </si>
+  <si>
+    <t>7am-4pm</t>
+  </si>
+  <si>
+    <t>STMP-416</t>
+  </si>
+  <si>
+    <t>860 Tyson Road</t>
+  </si>
+  <si>
+    <t>Hope Hull</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>stmp416@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-86.380464, 32.206441</t>
+  </si>
+  <si>
+    <t>STMP-344</t>
+  </si>
+  <si>
+    <t>2965-B Highway 247 Connector</t>
+  </si>
+  <si>
+    <t>Byron</t>
+  </si>
+  <si>
+    <t>stmp344@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-83.788976, 32.618051</t>
+  </si>
+  <si>
     <t>24 Hours</t>
   </si>
   <si>
-    <t>6am-10pm</t>
-[...640 lines deleted...]
-  <si>
     <t>STMP-443</t>
   </si>
   <si>
     <t>5400 South State Route 3</t>
   </si>
   <si>
     <t>Spiceland</t>
   </si>
   <si>
     <t>stmp443@stmpilot.com</t>
   </si>
   <si>
     <t>-85.450834, 39.91725</t>
   </si>
   <si>
     <t>12am-12am</t>
   </si>
   <si>
     <t>7am-12am</t>
   </si>
   <si>
     <t>STMP-482</t>
   </si>
   <si>
     <t>105 N Davidson Ave</t>
@@ -785,104 +785,107 @@
   <si>
     <t>Mount Vernon</t>
   </si>
   <si>
     <t>STMP482@stmpilot.com</t>
   </si>
   <si>
     <t>-88.892273, 38.293269</t>
   </si>
   <si>
     <t>STMP-554</t>
   </si>
   <si>
     <t>1307B SE Grand DD Hwy</t>
   </si>
   <si>
     <t>Faucett</t>
   </si>
   <si>
     <t>stmp554@stmpilot.com</t>
   </si>
   <si>
     <t>-94.854124, 39.604946</t>
   </si>
   <si>
-    <t>7am-11:45pm</t>
-[...1 lines deleted...]
-  <si>
     <t>7am-12:00am</t>
   </si>
   <si>
     <t>STMP-290</t>
   </si>
   <si>
     <t>1367 US 42 NE</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>stmp290@stmpilot.com</t>
   </si>
   <si>
     <t>-83.407733, 39.886277</t>
   </si>
   <si>
     <t>STMP-442</t>
   </si>
   <si>
     <t>6890 N Old US 27</t>
   </si>
   <si>
     <t>Fremont</t>
   </si>
   <si>
     <t>STMP442@stmpilot.com</t>
   </si>
   <si>
     <t>-84.945643, 41.711462</t>
   </si>
   <si>
+    <t>7am-7pm</t>
+  </si>
+  <si>
     <t>7am-5pm</t>
   </si>
   <si>
     <t>STMP-321</t>
   </si>
   <si>
     <t>500 Dixie Lee Ave</t>
   </si>
   <si>
     <t>Monteagle</t>
   </si>
   <si>
     <t>STMP321@stmpilot.com</t>
   </si>
   <si>
     <t>-85.822933, 35.264698</t>
   </si>
   <si>
+    <t>6am-5pm</t>
+  </si>
+  <si>
     <t>STMP-302</t>
   </si>
   <si>
     <t>264 Park Plaza Blvd</t>
   </si>
   <si>
     <t>Lebanon Junction</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>stmp302@stmpilot.com</t>
   </si>
   <si>
     <t>-85.688029, 37.90878</t>
   </si>
   <si>
     <t>STMP-534</t>
   </si>
   <si>
     <t>2105 N. Main Street</t>
   </si>
   <si>
     <t>Brinkley</t>
@@ -1223,98 +1226,101 @@
   <si>
     <t>Van</t>
   </si>
   <si>
     <t>stmp632@stmpilot.com</t>
   </si>
   <si>
     <t>-95.64252896022805, 32.50450732086836</t>
   </si>
   <si>
     <t>STMP-447</t>
   </si>
   <si>
     <t>4340 N State Road 59</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>stmp447@stmpilot.com</t>
   </si>
   <si>
     <t>-87.12542427459785, 39.451579018347495</t>
   </si>
   <si>
+    <t>8am-4:30pm</t>
+  </si>
+  <si>
+    <t>STMP-141</t>
+  </si>
+  <si>
+    <t>8486 Allegheny Road</t>
+  </si>
+  <si>
+    <t>Pembroke</t>
+  </si>
+  <si>
+    <t>stmp141@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-78.40712828332984, 43.001319517719956</t>
+  </si>
+  <si>
+    <t>STMP-635</t>
+  </si>
+  <si>
+    <t>4800 S Interstate Hwy 45 W</t>
+  </si>
+  <si>
+    <t>Corsicana</t>
+  </si>
+  <si>
+    <t>stmp635@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-96.4480912, 32.0400493</t>
+  </si>
+  <si>
+    <t>STMP-659</t>
+  </si>
+  <si>
+    <t>2300 North Main St.</t>
+  </si>
+  <si>
+    <t>Junction</t>
+  </si>
+  <si>
+    <t>stmp659@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-99.7764249, 30.5057014</t>
+  </si>
+  <si>
     <t>9am-5pm</t>
   </si>
   <si>
-    <t>STMP-141</t>
-[...43 lines deleted...]
-  <si>
     <t>STMP-605</t>
   </si>
   <si>
     <t>3300 S Newberry Access Rd.</t>
   </si>
   <si>
     <t>North Platte</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>stmp605@stmpilot.com</t>
   </si>
   <si>
     <t>-100.7262776, 41.1020323</t>
   </si>
   <si>
     <t>STMP-579</t>
   </si>
   <si>
     <t>609 E. York Road</t>
   </si>
   <si>
     <t>Avoca</t>
@@ -1367,66 +1373,69 @@
   <si>
     <t>Ruther Glen</t>
   </si>
   <si>
     <t>stmp210@stmpilot.com</t>
   </si>
   <si>
     <t>-77.4731984, 37.9335804</t>
   </si>
   <si>
     <t>STMP-308</t>
   </si>
   <si>
     <t>4160 Olivet Church Road</t>
   </si>
   <si>
     <t>Paducah</t>
   </si>
   <si>
     <t>stmp308@stmpilot.com</t>
   </si>
   <si>
     <t>-88.6914697, 37.0959651</t>
   </si>
   <si>
+    <t>6am-2pm</t>
+  </si>
+  <si>
     <t>STMP-347</t>
   </si>
   <si>
     <t>4445 Union Road</t>
   </si>
   <si>
     <t>Tifton</t>
   </si>
   <si>
     <t>stmp347@stmpilot.com</t>
   </si>
   <si>
     <t>-83.5168523, 31.4277230</t>
   </si>
   <si>
-    <t>6am-10pm, 24 Hours Road Service</t>
+    <t>7am-11pm, 24 Hours Road Service</t>
   </si>
   <si>
     <t>10am-6pm, 24 Hours Road Service</t>
   </si>
   <si>
     <t>STMP-385</t>
   </si>
   <si>
     <t>4080 W Hwy 326</t>
   </si>
   <si>
     <t>Ocala</t>
   </si>
   <si>
     <t>stmp385@stmpilot.com</t>
   </si>
   <si>
     <t>-82.1895450, 29.2664826</t>
   </si>
   <si>
     <t>STMP-411</t>
   </si>
   <si>
     <t>255 Michael Spann Dr.</t>
   </si>
@@ -1502,53 +1511,50 @@
   <si>
     <t>Austinburg</t>
   </si>
   <si>
     <t>stmp264@stmpilot.com</t>
   </si>
   <si>
     <t>-80.8551066, 41.7895627</t>
   </si>
   <si>
     <t>STMP-171</t>
   </si>
   <si>
     <t>6390 Emlenton Clintonville Rd.</t>
   </si>
   <si>
     <t>Emlenton</t>
   </si>
   <si>
     <t>stmp171@stmpilot.com</t>
   </si>
   <si>
     <t>-79.7409687, 41.1755652</t>
   </si>
   <si>
-    <t>8am-4:30pm</t>
-[...1 lines deleted...]
-  <si>
     <t>STMP-749</t>
   </si>
   <si>
     <t>2486 Williams Ave.</t>
   </si>
   <si>
     <t>Limon</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>stmp749@stmpilot.com</t>
   </si>
   <si>
     <t>-103.6943639, 39.2701130</t>
   </si>
   <si>
     <t>8am-6pm</t>
   </si>
   <si>
     <t>STMP-644</t>
   </si>
   <si>
     <t>15913 North Freeway</t>
@@ -1619,89 +1625,89 @@
   <si>
     <t>Sayre</t>
   </si>
   <si>
     <t>stmp623@stmpilot.com</t>
   </si>
   <si>
     <t>-99.64352, 35.26690</t>
   </si>
   <si>
     <t>STMP-643</t>
   </si>
   <si>
     <t>641 TX-75</t>
   </si>
   <si>
     <t>Huntsville</t>
   </si>
   <si>
     <t>stmp643@stmpilot.com</t>
   </si>
   <si>
     <t xml:space="preserve">-95.59385, 30.73854 </t>
   </si>
   <si>
-    <t>7am - 6pm</t>
-[...2 lines deleted...]
-    <t>8am - 12pm</t>
+    <t>7am - 11pm</t>
+  </si>
+  <si>
+    <t>7am - 3:30pm</t>
   </si>
   <si>
     <t>STMP-660</t>
   </si>
   <si>
     <t>8815 E Interstate 40</t>
   </si>
   <si>
     <t>Amarillo</t>
   </si>
   <si>
     <t>stmp660@stmpilot.com</t>
   </si>
   <si>
     <t xml:space="preserve">-101.74128, 35.19364 </t>
   </si>
   <si>
+    <t>STMP-665</t>
+  </si>
+  <si>
+    <t>10213 W County Road 127</t>
+  </si>
+  <si>
+    <t>Midland</t>
+  </si>
+  <si>
+    <t>stmp665@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-102.21387, 31.91600</t>
+  </si>
+  <si>
     <t>8am-12pm</t>
   </si>
   <si>
-    <t>STMP-665</t>
-[...13 lines deleted...]
-  <si>
     <t>STMP-667</t>
   </si>
   <si>
     <t>1202 Sun Valley Road</t>
   </si>
   <si>
     <t>Robinson</t>
   </si>
   <si>
     <t>stmp667@stmpilot.com</t>
   </si>
   <si>
     <t>-97.17011, 31.45693</t>
   </si>
   <si>
     <t>STMP-664</t>
   </si>
   <si>
     <t>13390 South Unitec Drive</t>
   </si>
   <si>
     <t>Laredo</t>
   </si>
   <si>
     <t>stmp664@stmpilot.com</t>
@@ -2216,114 +2222,156 @@
   <si>
     <t>Valdosta</t>
   </si>
   <si>
     <t>stmp359@stmpilot.com</t>
   </si>
   <si>
     <t>-83.27075, 30.75314</t>
   </si>
   <si>
     <t>STMP-314</t>
   </si>
   <si>
     <t>505 Patriot Dr</t>
   </si>
   <si>
     <t>Dandridge</t>
   </si>
   <si>
     <t>stmp314@stmpilot.com</t>
   </si>
   <si>
     <t>-83.44544, 36.03766</t>
   </si>
   <si>
+    <t>8am-3pm</t>
+  </si>
+  <si>
     <t>STMP-444</t>
   </si>
   <si>
     <t>2539 Burr St.</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>stmp444@stmpilot.com</t>
   </si>
   <si>
     <t>-87.40103, 41.57272</t>
   </si>
   <si>
-    <t>8am-1pm</t>
-[...1 lines deleted...]
-  <si>
     <t>STMP-445</t>
   </si>
   <si>
     <t>2930 County Road 500 North</t>
   </si>
   <si>
     <t>Whiteland</t>
   </si>
   <si>
     <t>stmp445@stmpilot.com</t>
   </si>
   <si>
     <t>-86.04678, 39.55121</t>
   </si>
   <si>
     <t>STMP-500</t>
   </si>
   <si>
     <t>16067 Willowbrook Rd.</t>
   </si>
   <si>
     <t>South Beloit</t>
   </si>
   <si>
     <t>stmp500@stmpilot.com</t>
   </si>
   <si>
     <t>-88.99582, 42.49415</t>
   </si>
   <si>
     <t>STMP-638</t>
   </si>
   <si>
     <t>2077 US Hwy 82</t>
   </si>
   <si>
     <t>New Boston</t>
   </si>
   <si>
     <t>9034170111|9034170111</t>
   </si>
   <si>
     <t>stmp638@stmpilot.com</t>
   </si>
   <si>
     <t>-80.85210, 41.70989</t>
+  </si>
+  <si>
+    <t>STMP-840</t>
+  </si>
+  <si>
+    <t>6800 W. Latham St.</t>
+  </si>
+  <si>
+    <t>Phoenix</t>
+  </si>
+  <si>
+    <t>4805919070|4805919070|4805919070</t>
+  </si>
+  <si>
+    <t>stmp840@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-112.207467, 33.460608</t>
+  </si>
+  <si>
+    <t>6am-12am</t>
+  </si>
+  <si>
+    <t>STMP-976</t>
+  </si>
+  <si>
+    <t>63236 OR-203</t>
+  </si>
+  <si>
+    <t>La Grande</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>4588773001|4588773001</t>
+  </si>
+  <si>
+    <t>stmp976@stmpilot.com</t>
+  </si>
+  <si>
+    <t>-118.044002, 45.297746</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2623,54 +2671,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K134"/>
+  <dimension ref="A1:K136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K134" sqref="K134"/>
+      <selection activeCell="K136" sqref="K136"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2867,57 +2915,57 @@
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="s">
         <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>51</v>
       </c>
       <c r="E7">
         <v>95366</v>
       </c>
       <c r="F7">
         <v>2095991222</v>
       </c>
       <c r="G7" t="s">
         <v>52</v>
       </c>
       <c r="H7" t="s">
         <v>53</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J7" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K7" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>54</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>51</v>
       </c>
       <c r="E8">
         <v>93308</v>
       </c>
       <c r="F8">
         <v>6613939015</v>
       </c>
       <c r="G8" t="s">
         <v>57</v>
       </c>
       <c r="H8" t="s">
@@ -2937,89 +2985,89 @@
       <c r="A9" t="s">
         <v>60</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
       <c r="C9" t="s">
         <v>62</v>
       </c>
       <c r="D9" t="s">
         <v>63</v>
       </c>
       <c r="E9">
         <v>24472</v>
       </c>
       <c r="F9">
         <v>5403772015</v>
       </c>
       <c r="G9" t="s">
         <v>64</v>
       </c>
       <c r="H9" t="s">
         <v>65</v>
       </c>
       <c r="I9" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="J9" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="K9" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="s">
         <v>68</v>
       </c>
       <c r="D10" t="s">
         <v>69</v>
       </c>
       <c r="E10">
         <v>21740</v>
       </c>
       <c r="F10">
         <v>3015829041</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>71</v>
       </c>
       <c r="I10" t="s">
         <v>72</v>
       </c>
       <c r="J10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>74</v>
       </c>
       <c r="B11" t="s">
         <v>75</v>
       </c>
       <c r="C11" t="s">
         <v>76</v>
       </c>
       <c r="D11" t="s">
         <v>77</v>
       </c>
       <c r="E11">
         <v>43551</v>
       </c>
       <c r="F11">
         <v>4198372038</v>
       </c>
       <c r="G11" t="s">
@@ -3077,197 +3125,197 @@
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>91</v>
       </c>
       <c r="D13" t="s">
         <v>92</v>
       </c>
       <c r="E13">
         <v>74116</v>
       </c>
       <c r="F13">
         <v>9184373351</v>
       </c>
       <c r="G13" t="s">
         <v>93</v>
       </c>
       <c r="H13" t="s">
         <v>94</v>
       </c>
       <c r="I13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J13" t="s">
         <v>95</v>
       </c>
       <c r="K13" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>96</v>
       </c>
       <c r="B14" t="s">
         <v>97</v>
       </c>
       <c r="C14" t="s">
         <v>98</v>
       </c>
       <c r="D14" t="s">
         <v>99</v>
       </c>
       <c r="E14">
         <v>32086</v>
       </c>
       <c r="F14">
         <v>9047973176</v>
       </c>
       <c r="G14" t="s">
         <v>100</v>
       </c>
       <c r="H14" t="s">
         <v>101</v>
       </c>
       <c r="I14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>102</v>
       </c>
       <c r="B15" t="s">
         <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>104</v>
       </c>
       <c r="D15" t="s">
         <v>105</v>
       </c>
       <c r="E15">
         <v>85359</v>
       </c>
       <c r="F15">
         <v>9289274293</v>
       </c>
       <c r="G15" t="s">
         <v>106</v>
       </c>
       <c r="H15" t="s">
         <v>107</v>
       </c>
       <c r="I15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J15" t="s">
         <v>41</v>
       </c>
       <c r="K15" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>108</v>
       </c>
       <c r="B16" t="s">
         <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>110</v>
       </c>
       <c r="D16" t="s">
         <v>111</v>
       </c>
       <c r="E16">
         <v>37078</v>
       </c>
       <c r="F16">
         <v>9312966850</v>
       </c>
       <c r="G16" t="s">
         <v>112</v>
       </c>
       <c r="H16" t="s">
         <v>113</v>
       </c>
       <c r="I16" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J16" t="s">
         <v>80</v>
       </c>
       <c r="K16" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>114</v>
       </c>
       <c r="B17" t="s">
         <v>115</v>
       </c>
       <c r="C17" t="s">
         <v>116</v>
       </c>
       <c r="D17" t="s">
         <v>117</v>
       </c>
       <c r="E17">
         <v>39307</v>
       </c>
       <c r="F17">
         <v>6014822574</v>
       </c>
       <c r="G17" t="s">
         <v>118</v>
       </c>
       <c r="H17" t="s">
         <v>119</v>
       </c>
       <c r="I17" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J17" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K17" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>120</v>
       </c>
       <c r="B18" t="s">
         <v>121</v>
       </c>
       <c r="C18" t="s">
         <v>122</v>
       </c>
       <c r="D18" t="s">
         <v>123</v>
       </c>
       <c r="E18">
         <v>47977</v>
       </c>
       <c r="F18">
         <v>2192612043</v>
       </c>
       <c r="G18" t="s">
         <v>124</v>
       </c>
       <c r="H18" t="s">
@@ -3287,86 +3335,86 @@
       <c r="A19" t="s">
         <v>126</v>
       </c>
       <c r="B19" t="s">
         <v>127</v>
       </c>
       <c r="C19" t="s">
         <v>128</v>
       </c>
       <c r="D19" t="s">
         <v>84</v>
       </c>
       <c r="E19">
         <v>62201</v>
       </c>
       <c r="F19">
         <v>6182745900</v>
       </c>
       <c r="G19" t="s">
         <v>129</v>
       </c>
       <c r="H19" t="s">
         <v>130</v>
       </c>
       <c r="I19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>131</v>
       </c>
       <c r="B20" t="s">
         <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>133</v>
       </c>
       <c r="D20" t="s">
         <v>134</v>
       </c>
       <c r="E20">
         <v>31705</v>
       </c>
       <c r="F20">
         <v>2294467273</v>
       </c>
       <c r="G20" t="s">
         <v>135</v>
       </c>
       <c r="H20" t="s">
         <v>136</v>
       </c>
       <c r="I20" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J20" t="s">
         <v>41</v>
       </c>
       <c r="K20" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>137</v>
       </c>
       <c r="B21" t="s">
         <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>139</v>
       </c>
       <c r="D21" t="s">
         <v>140</v>
       </c>
       <c r="E21">
         <v>71854</v>
       </c>
       <c r="F21">
@@ -3497,51 +3545,51 @@
       <c r="A25" t="s">
         <v>160</v>
       </c>
       <c r="B25" t="s">
         <v>161</v>
       </c>
       <c r="C25" t="s">
         <v>162</v>
       </c>
       <c r="D25" t="s">
         <v>134</v>
       </c>
       <c r="E25">
         <v>30233</v>
       </c>
       <c r="F25">
         <v>7707754670</v>
       </c>
       <c r="G25" t="s">
         <v>163</v>
       </c>
       <c r="H25" t="s">
         <v>164</v>
       </c>
       <c r="I25" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J25" t="s">
         <v>80</v>
       </c>
       <c r="K25" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>165</v>
       </c>
       <c r="B26" t="s">
         <v>166</v>
       </c>
       <c r="C26" t="s">
         <v>167</v>
       </c>
       <c r="D26" t="s">
         <v>111</v>
       </c>
       <c r="E26">
         <v>37826</v>
       </c>
       <c r="F26">
@@ -3605,404 +3653,404 @@
       <c r="B28" t="s">
         <v>179</v>
       </c>
       <c r="C28" t="s">
         <v>180</v>
       </c>
       <c r="D28" t="s">
         <v>181</v>
       </c>
       <c r="E28">
         <v>87121</v>
       </c>
       <c r="F28">
         <v>5058315377</v>
       </c>
       <c r="G28" t="s">
         <v>182</v>
       </c>
       <c r="H28" t="s">
         <v>183</v>
       </c>
       <c r="I28" t="s">
         <v>33</v>
       </c>
       <c r="J28" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="K28" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B29" t="s">
         <v>185</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29">
         <v>29702</v>
       </c>
       <c r="F29">
         <v>8648393769</v>
       </c>
       <c r="G29" t="s">
+        <v>187</v>
+      </c>
+      <c r="H29" t="s">
         <v>188</v>
       </c>
-      <c r="H29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
         <v>190</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30">
         <v>79536</v>
       </c>
       <c r="F30">
         <v>3256950804</v>
       </c>
       <c r="G30" t="s">
+        <v>192</v>
+      </c>
+      <c r="H30" t="s">
         <v>193</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J30" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K30" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" t="s">
         <v>195</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D31" t="s">
         <v>30</v>
       </c>
       <c r="E31">
         <v>82007</v>
       </c>
       <c r="F31">
         <v>3076352138</v>
       </c>
       <c r="G31" t="s">
+        <v>197</v>
+      </c>
+      <c r="H31" t="s">
         <v>198</v>
       </c>
-      <c r="H31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I31" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J31" t="s">
         <v>177</v>
       </c>
       <c r="K31" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
+        <v>199</v>
+      </c>
+      <c r="B32" t="s">
         <v>200</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D32" t="s">
         <v>84</v>
       </c>
       <c r="E32">
         <v>62441</v>
       </c>
       <c r="F32">
         <v>2178261090</v>
       </c>
       <c r="G32" t="s">
+        <v>202</v>
+      </c>
+      <c r="H32" t="s">
         <v>203</v>
       </c>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I32" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J32" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K32" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B33" t="s">
         <v>205</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>206</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E33">
         <v>48183</v>
       </c>
       <c r="F33">
         <v>7343045400</v>
       </c>
       <c r="G33" t="s">
+        <v>208</v>
+      </c>
+      <c r="H33" t="s">
         <v>209</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
+        <v>25</v>
+      </c>
+      <c r="J33" t="s">
         <v>210</v>
       </c>
-      <c r="I33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K33" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
+        <v>211</v>
+      </c>
+      <c r="B34" t="s">
         <v>212</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D34" t="s">
         <v>105</v>
       </c>
       <c r="E34">
         <v>86015</v>
       </c>
       <c r="F34">
         <v>9289811060</v>
       </c>
       <c r="G34" t="s">
+        <v>214</v>
+      </c>
+      <c r="H34" t="s">
         <v>215</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J34" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K34" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
+        <v>216</v>
+      </c>
+      <c r="B35" t="s">
         <v>217</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="D35" t="s">
         <v>146</v>
       </c>
       <c r="E35">
         <v>27302</v>
       </c>
       <c r="F35">
         <v>9849830161</v>
       </c>
       <c r="G35" t="s">
+        <v>219</v>
+      </c>
+      <c r="H35" t="s">
         <v>220</v>
       </c>
-      <c r="H35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J35" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="K35" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
+        <v>221</v>
+      </c>
+      <c r="B36" t="s">
         <v>222</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D36" t="s">
         <v>14</v>
       </c>
       <c r="E36">
         <v>29673</v>
       </c>
       <c r="F36">
         <v>8647405060</v>
       </c>
       <c r="G36" t="s">
+        <v>224</v>
+      </c>
+      <c r="H36" t="s">
         <v>225</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>226</v>
       </c>
-      <c r="I36" t="s">
+      <c r="J36" t="s">
         <v>227</v>
       </c>
-      <c r="J36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K36" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" t="s">
         <v>229</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>230</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E37">
         <v>36043</v>
       </c>
       <c r="F37">
         <v>3349566200</v>
       </c>
       <c r="G37" t="s">
+        <v>232</v>
+      </c>
+      <c r="H37" t="s">
         <v>233</v>
       </c>
-      <c r="H37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I37" t="s">
+        <v>25</v>
+      </c>
+      <c r="J37" t="s">
         <v>26</v>
       </c>
-      <c r="J37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K37" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
         <v>235</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D38" t="s">
         <v>134</v>
       </c>
       <c r="E38">
         <v>31008</v>
       </c>
       <c r="F38">
         <v>4786992220</v>
       </c>
       <c r="G38" t="s">
+        <v>237</v>
+      </c>
+      <c r="H38" t="s">
         <v>238</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>239</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>25</v>
+        <v>239</v>
       </c>
       <c r="K38" t="s">
-        <v>25</v>
+        <v>239</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>240</v>
       </c>
       <c r="B39" t="s">
         <v>241</v>
       </c>
       <c r="C39" t="s">
         <v>242</v>
       </c>
       <c r="D39" t="s">
         <v>123</v>
       </c>
       <c r="E39">
         <v>47385</v>
       </c>
       <c r="F39">
         <v>7658562020</v>
       </c>
       <c r="G39" t="s">
         <v>243</v>
       </c>
       <c r="H39" t="s">
@@ -4057,3311 +4105,3381 @@
       <c r="A41" t="s">
         <v>252</v>
       </c>
       <c r="B41" t="s">
         <v>253</v>
       </c>
       <c r="C41" t="s">
         <v>254</v>
       </c>
       <c r="D41" t="s">
         <v>38</v>
       </c>
       <c r="E41">
         <v>64448</v>
       </c>
       <c r="F41">
         <v>8167224220</v>
       </c>
       <c r="G41" t="s">
         <v>255</v>
       </c>
       <c r="H41" t="s">
         <v>256</v>
       </c>
       <c r="I41" t="s">
-        <v>25</v>
+        <v>257</v>
       </c>
       <c r="J41" t="s">
         <v>257</v>
       </c>
       <c r="K41" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
+        <v>258</v>
+      </c>
+      <c r="B42" t="s">
         <v>259</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="D42" t="s">
         <v>77</v>
       </c>
       <c r="E42">
         <v>43140</v>
       </c>
       <c r="F42">
         <v>7409103100</v>
       </c>
       <c r="G42" t="s">
+        <v>261</v>
+      </c>
+      <c r="H42" t="s">
         <v>262</v>
       </c>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I42" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J42" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K42" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
         <v>264</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D43" t="s">
         <v>123</v>
       </c>
       <c r="E43">
         <v>46737</v>
       </c>
       <c r="F43">
         <v>2602522303</v>
       </c>
       <c r="G43" t="s">
+        <v>266</v>
+      </c>
+      <c r="H43" t="s">
         <v>267</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="J43" t="s">
         <v>269</v>
       </c>
       <c r="K43" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>270</v>
       </c>
       <c r="B44" t="s">
         <v>271</v>
       </c>
       <c r="C44" t="s">
         <v>272</v>
       </c>
       <c r="D44" t="s">
         <v>111</v>
       </c>
       <c r="E44">
         <v>37356</v>
       </c>
       <c r="F44">
         <v>9314634900</v>
       </c>
       <c r="G44" t="s">
         <v>273</v>
       </c>
       <c r="H44" t="s">
         <v>274</v>
       </c>
       <c r="I44" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J44" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="K44" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B45" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D45" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E45">
         <v>40150</v>
       </c>
       <c r="F45">
         <v>5026742323</v>
       </c>
       <c r="G45" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H45" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I45" t="s">
         <v>17</v>
       </c>
       <c r="J45" t="s">
         <v>41</v>
       </c>
       <c r="K45" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C46" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D46" t="s">
         <v>140</v>
       </c>
       <c r="E46">
         <v>72021</v>
       </c>
       <c r="F46">
         <v>8706387050</v>
       </c>
       <c r="G46" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H46" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I46" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J46" t="s">
         <v>18</v>
       </c>
       <c r="K46" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B47" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E47">
         <v>55077</v>
       </c>
       <c r="F47">
         <v>6513785164</v>
       </c>
       <c r="G47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H47" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I47" t="s">
-        <v>25</v>
+        <v>239</v>
       </c>
       <c r="J47" t="s">
         <v>269</v>
       </c>
       <c r="K47" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B48" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C48" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D48" t="s">
         <v>123</v>
       </c>
       <c r="E48">
         <v>47143</v>
       </c>
       <c r="F48">
         <v>9302393170</v>
       </c>
       <c r="G48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
       <c r="J48" t="s">
         <v>17</v>
       </c>
       <c r="K48" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B49" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D49" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E49">
         <v>42776</v>
       </c>
       <c r="F49">
         <v>5026282301</v>
       </c>
       <c r="G49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H49" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I49" t="s">
-        <v>25</v>
+        <v>239</v>
       </c>
       <c r="J49" t="s">
         <v>80</v>
       </c>
       <c r="K49" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B50" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C50" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D50" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E50">
         <v>36572</v>
       </c>
       <c r="F50">
         <v>2514260010</v>
       </c>
       <c r="G50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H50" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="I50" t="s">
+        <v>25</v>
+      </c>
+      <c r="J50" t="s">
         <v>26</v>
       </c>
-      <c r="J50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K50" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B51" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D51" t="s">
         <v>84</v>
       </c>
       <c r="E51">
         <v>61858</v>
       </c>
       <c r="F51">
         <v>2175150010</v>
       </c>
       <c r="G51" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H51" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I51" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J51" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K51" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B52" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C52" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D52" t="s">
         <v>84</v>
       </c>
       <c r="E52">
         <v>61301</v>
       </c>
       <c r="F52">
         <v>8157806030</v>
       </c>
       <c r="G52" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H52" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52" t="s">
         <v>41</v>
       </c>
       <c r="K52" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B53" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C53" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D53" t="s">
         <v>77</v>
       </c>
       <c r="E53">
         <v>43518</v>
       </c>
       <c r="F53">
         <v>5137470001</v>
       </c>
       <c r="G53" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H53" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I53" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J53" t="s">
         <v>269</v>
       </c>
       <c r="K53" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B54" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C54" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D54" t="s">
         <v>22</v>
       </c>
       <c r="E54">
         <v>77859</v>
       </c>
       <c r="F54">
         <v>9798143420</v>
       </c>
       <c r="G54" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H54" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I54" t="s">
         <v>17</v>
       </c>
       <c r="J54" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="K54" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B55" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C55" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D55" t="s">
         <v>84</v>
       </c>
       <c r="E55">
         <v>62294</v>
       </c>
       <c r="F55">
         <v>6188861010</v>
       </c>
       <c r="G55" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H55" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I55" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J55" t="s">
         <v>41</v>
       </c>
       <c r="K55" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B56" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C56" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D56" t="s">
         <v>14</v>
       </c>
       <c r="E56">
         <v>29203</v>
       </c>
       <c r="F56">
         <v>8392462121</v>
       </c>
       <c r="G56" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H56" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="K56" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B57" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D57" t="s">
         <v>51</v>
       </c>
       <c r="E57">
         <v>95695</v>
       </c>
       <c r="F57">
         <v>5306543201</v>
       </c>
       <c r="G57" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H57" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I57" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J57" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K57" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B58" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C58" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D58" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E58">
         <v>12072</v>
       </c>
       <c r="F58">
         <v>8383834240</v>
       </c>
       <c r="G58" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H58" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I58" t="s">
         <v>34</v>
       </c>
       <c r="J58" t="s">
         <v>41</v>
       </c>
       <c r="K58" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B59" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C59" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D59" t="s">
         <v>105</v>
       </c>
       <c r="E59">
         <v>86438</v>
       </c>
       <c r="F59">
         <v>9288370050</v>
       </c>
       <c r="G59" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H59" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="I59" t="s">
         <v>17</v>
       </c>
       <c r="J59" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="K59" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B60" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C60" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D60" t="s">
         <v>22</v>
       </c>
       <c r="E60">
         <v>77357</v>
       </c>
       <c r="F60">
         <v>3469662525</v>
       </c>
       <c r="G60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H60" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I60" t="s">
         <v>33</v>
       </c>
       <c r="J60" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K60" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B61" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D61" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E61">
         <v>15825</v>
       </c>
       <c r="F61">
         <v>8149362110</v>
       </c>
       <c r="G61" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H61" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I61" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J61" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="K61" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B62" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D62" t="s">
         <v>123</v>
       </c>
       <c r="E62">
         <v>46563</v>
       </c>
       <c r="F62" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H62" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I62" t="s">
         <v>17</v>
       </c>
       <c r="J62" t="s">
         <v>17</v>
       </c>
       <c r="K62" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B63" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D63" t="s">
         <v>77</v>
       </c>
       <c r="E63">
         <v>43128</v>
       </c>
       <c r="F63">
         <v>9378726080</v>
       </c>
       <c r="G63" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B64" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C64" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D64" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E64">
         <v>84074</v>
       </c>
       <c r="F64">
         <v>3855413001</v>
       </c>
       <c r="G64" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H64" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I64" t="s">
+        <v>25</v>
+      </c>
+      <c r="J64" t="s">
         <v>26</v>
       </c>
-      <c r="J64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K64" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B65" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C65" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D65" t="s">
         <v>22</v>
       </c>
       <c r="E65">
         <v>78570</v>
       </c>
       <c r="F65">
         <v>9566342070</v>
       </c>
       <c r="G65" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H65" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="I65" t="s">
         <v>33</v>
       </c>
       <c r="J65" t="s">
         <v>34</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B66" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C66" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D66" t="s">
         <v>22</v>
       </c>
       <c r="E66">
         <v>75790</v>
       </c>
       <c r="F66">
         <v>9039634030</v>
       </c>
       <c r="G66" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H66" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="I66" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="J66" t="s">
         <v>177</v>
       </c>
       <c r="K66" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B67" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C67" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D67" t="s">
         <v>123</v>
       </c>
       <c r="E67">
         <v>47834</v>
       </c>
       <c r="F67">
         <v>9302780010</v>
       </c>
       <c r="G67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H67" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I67" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="J67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="K67" t="s">
-        <v>177</v>
+        <v>404</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E68">
         <v>14036</v>
       </c>
       <c r="F68">
         <v>5853167267</v>
       </c>
       <c r="G68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I68" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="J68" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="K68" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B69" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C69" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D69" t="s">
         <v>22</v>
       </c>
       <c r="E69">
         <v>75110</v>
       </c>
       <c r="F69">
         <v>9039987130</v>
       </c>
       <c r="G69" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I69" t="s">
         <v>17</v>
       </c>
       <c r="J69" t="s">
         <v>41</v>
       </c>
       <c r="K69" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B70" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C70" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D70" t="s">
         <v>22</v>
       </c>
       <c r="E70">
         <v>76849</v>
       </c>
       <c r="F70">
         <v>3257702670</v>
       </c>
       <c r="G70" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H70" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="I70" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J70" t="s">
-        <v>403</v>
+        <v>420</v>
       </c>
       <c r="K70" t="s">
-        <v>403</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B71" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C71" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D71" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E71">
         <v>69101</v>
       </c>
       <c r="F71">
         <v>3083300070</v>
       </c>
       <c r="G71" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="H71" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="I71" t="s">
         <v>269</v>
       </c>
       <c r="J71" t="s">
         <v>177</v>
       </c>
       <c r="K71" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B72" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C72" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D72" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E72">
         <v>51521</v>
       </c>
       <c r="F72">
         <v>7123076300</v>
       </c>
       <c r="G72" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H72" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="I72" t="s">
+        <v>25</v>
+      </c>
+      <c r="J72" t="s">
         <v>26</v>
       </c>
-      <c r="J72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K72" t="s">
-        <v>177</v>
+        <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B73" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C73" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D73" t="s">
         <v>22</v>
       </c>
       <c r="E73">
         <v>76177</v>
       </c>
       <c r="F73">
         <v>6828826190</v>
       </c>
       <c r="G73" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="H73" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I73" t="s">
         <v>33</v>
       </c>
       <c r="J73" t="s">
         <v>41</v>
       </c>
       <c r="K73" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B74" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C74" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D74" t="s">
         <v>146</v>
       </c>
       <c r="E74">
         <v>27030</v>
       </c>
       <c r="F74">
         <v>7432621030</v>
       </c>
       <c r="G74" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H74" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I74" t="s">
         <v>34</v>
       </c>
       <c r="J74" t="s">
         <v>177</v>
       </c>
       <c r="K74" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B75" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C75" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D75" t="s">
         <v>63</v>
       </c>
       <c r="E75">
         <v>22546</v>
       </c>
       <c r="F75">
         <v>8049171040</v>
       </c>
       <c r="G75" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I75" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="J75" t="s">
-        <v>177</v>
+        <v>420</v>
       </c>
       <c r="K75" t="s">
-        <v>177</v>
+        <v>420</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B76" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C76" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D76" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E76">
         <v>42001</v>
       </c>
       <c r="F76">
         <v>2703911880</v>
       </c>
       <c r="G76" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H76" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="I76" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="J76" t="s">
-        <v>177</v>
+        <v>453</v>
       </c>
       <c r="K76" t="s">
-        <v>177</v>
+        <v>453</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B77" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C77" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D77" t="s">
         <v>134</v>
       </c>
       <c r="E77">
         <v>31793</v>
       </c>
       <c r="F77">
         <v>2296520002</v>
       </c>
       <c r="G77" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="H77" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="I77" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="J77" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="K77" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B78" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C78" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="D78" t="s">
         <v>99</v>
       </c>
       <c r="E78">
         <v>34482</v>
       </c>
       <c r="F78">
         <v>3523521311</v>
       </c>
       <c r="G78" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H78" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="I78" t="s">
         <v>34</v>
       </c>
       <c r="J78" t="s">
         <v>177</v>
       </c>
       <c r="K78" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B79" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C79" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D79" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E79">
         <v>35594</v>
       </c>
       <c r="F79">
         <v>6599993201</v>
       </c>
       <c r="G79" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="H79" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="I79" t="s">
         <v>33</v>
       </c>
       <c r="J79" t="s">
         <v>269</v>
       </c>
       <c r="K79" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B80" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C80" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="D80" t="s">
         <v>105</v>
       </c>
       <c r="E80" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="F80">
         <v>9284831101</v>
       </c>
       <c r="G80" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="H80" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="I80" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J80" t="s">
-        <v>403</v>
+        <v>25</v>
       </c>
       <c r="K80" t="s">
-        <v>403</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B81" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C81" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="D81" t="s">
         <v>22</v>
       </c>
       <c r="E81">
         <v>75154</v>
       </c>
       <c r="F81">
         <v>9453320030</v>
       </c>
       <c r="G81" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="H81" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="I81" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="J81" t="s">
         <v>177</v>
       </c>
       <c r="K81" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B82" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C82" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="D82" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E82">
         <v>66801</v>
       </c>
       <c r="F82">
         <v>6203665029</v>
       </c>
       <c r="G82" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="H82" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="I82" t="s">
         <v>17</v>
       </c>
       <c r="J82" t="s">
         <v>34</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B83" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C83" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D83" t="s">
         <v>77</v>
       </c>
       <c r="E83">
         <v>44010</v>
       </c>
       <c r="F83">
         <v>4408800414</v>
       </c>
       <c r="G83" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="H83" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="I83" t="s">
         <v>17</v>
       </c>
       <c r="J83" t="s">
         <v>177</v>
       </c>
       <c r="K83" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B84" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C84" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="D84" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E84">
         <v>16373</v>
       </c>
       <c r="F84">
         <v>7248673004</v>
       </c>
       <c r="G84" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H84" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="I84" t="s">
-        <v>496</v>
+        <v>404</v>
       </c>
       <c r="J84" t="s">
         <v>177</v>
       </c>
       <c r="K84" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B85" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C85" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D85" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E85">
         <v>80828</v>
       </c>
       <c r="F85">
         <v>7197759506</v>
       </c>
       <c r="G85" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H85" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="I85" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="J85" t="s">
         <v>177</v>
       </c>
       <c r="K85" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B86" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C86" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D86" t="s">
         <v>22</v>
       </c>
       <c r="E86">
         <v>77090</v>
       </c>
       <c r="F86">
         <v>3467814366</v>
       </c>
       <c r="G86" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="H86" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="I86" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="J86" t="s">
         <v>177</v>
       </c>
       <c r="K86" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B87" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C87" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D87" t="s">
         <v>22</v>
       </c>
       <c r="E87">
         <v>76301</v>
       </c>
       <c r="F87">
         <v>9404002610</v>
       </c>
       <c r="G87" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H87" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="I87" t="s">
-        <v>479</v>
+        <v>17</v>
       </c>
       <c r="J87" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="K87" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B88" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C88" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D88" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E88">
         <v>84119</v>
       </c>
       <c r="F88">
         <v>3853864700</v>
       </c>
       <c r="G88" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="H88" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="I88" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="J88" t="s">
         <v>177</v>
       </c>
       <c r="K88" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B89" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C89" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D89" t="s">
         <v>22</v>
       </c>
       <c r="E89">
         <v>76009</v>
       </c>
       <c r="F89" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="G89" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="H89" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I89" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J89" t="s">
         <v>177</v>
       </c>
       <c r="K89" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B90" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C90" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D90" t="s">
         <v>92</v>
       </c>
       <c r="E90">
         <v>73662</v>
       </c>
       <c r="F90">
         <v>5809283616</v>
       </c>
       <c r="G90" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H90" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="I90" t="s">
-        <v>184</v>
+        <v>25</v>
       </c>
       <c r="J90" t="s">
         <v>177</v>
       </c>
       <c r="K90" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B91" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C91" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D91" t="s">
         <v>22</v>
       </c>
       <c r="E91">
         <v>77320</v>
       </c>
       <c r="F91">
         <v>9364359119</v>
       </c>
       <c r="G91" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="H91" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="I91" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="J91" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="K91" t="s">
-        <v>177</v>
+        <v>538</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B92" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C92" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D92" t="s">
         <v>22</v>
       </c>
       <c r="E92">
         <v>79118</v>
       </c>
       <c r="F92">
         <v>8063351656</v>
       </c>
       <c r="G92" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H92" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="I92" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="J92" t="s">
-        <v>542</v>
+        <v>26</v>
       </c>
       <c r="K92" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B93" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C93" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D93" t="s">
         <v>22</v>
       </c>
       <c r="E93">
         <v>79706</v>
       </c>
       <c r="F93">
         <v>4325615906</v>
       </c>
       <c r="G93" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H93" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I93" t="s">
         <v>17</v>
       </c>
       <c r="J93" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="K93" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B94" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C94" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D94" t="s">
         <v>22</v>
       </c>
       <c r="E94">
         <v>76706</v>
       </c>
       <c r="F94">
         <v>2546625500</v>
       </c>
       <c r="G94" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H94" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="I94" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="J94" t="s">
         <v>177</v>
       </c>
       <c r="K94" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B95" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C95" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D95" t="s">
         <v>22</v>
       </c>
       <c r="E95">
         <v>78045</v>
       </c>
       <c r="F95">
         <v>9567241211</v>
       </c>
       <c r="G95" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H95" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="I95" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J95" t="s">
         <v>177</v>
       </c>
       <c r="K95" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B96" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C96" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D96" t="s">
         <v>105</v>
       </c>
       <c r="E96">
         <v>85131</v>
       </c>
       <c r="F96">
         <v>5204662199</v>
       </c>
       <c r="G96" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="H96" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="I96" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J96" t="s">
         <v>177</v>
       </c>
       <c r="K96" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B97" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C97" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D97" t="s">
         <v>105</v>
       </c>
       <c r="E97">
         <v>86047</v>
       </c>
       <c r="F97">
         <v>9282891112</v>
       </c>
       <c r="G97" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H97" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="I97" t="s">
-        <v>184</v>
+        <v>482</v>
       </c>
       <c r="J97" t="s">
         <v>177</v>
       </c>
       <c r="K97" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B98" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C98" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D98" t="s">
         <v>22</v>
       </c>
       <c r="E98">
         <v>79821</v>
       </c>
       <c r="F98">
         <v>9158863252</v>
       </c>
       <c r="G98" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="H98" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="I98" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J98" t="s">
         <v>177</v>
       </c>
       <c r="K98" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B99" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C99" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D99" t="s">
         <v>22</v>
       </c>
       <c r="E99">
         <v>77521</v>
       </c>
       <c r="F99">
         <v>2814245555</v>
       </c>
       <c r="G99" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H99" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="I99" t="s">
-        <v>269</v>
+        <v>17</v>
       </c>
       <c r="J99" t="s">
         <v>177</v>
       </c>
       <c r="K99" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B100" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C100" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D100" t="s">
         <v>38</v>
       </c>
       <c r="E100">
         <v>64060</v>
       </c>
       <c r="F100">
         <v>8166354103</v>
       </c>
       <c r="G100" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="H100" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="I100" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J100" t="s">
         <v>177</v>
       </c>
       <c r="K100" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B101" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C101" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D101" t="s">
         <v>92</v>
       </c>
       <c r="E101">
         <v>73128</v>
       </c>
       <c r="F101">
         <v>4057890679</v>
       </c>
       <c r="G101" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="H101" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="I101" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J101" t="s">
-        <v>177</v>
+        <v>26</v>
       </c>
       <c r="K101" t="s">
-        <v>177</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B102" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C102" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D102" t="s">
         <v>22</v>
       </c>
       <c r="E102">
         <v>75482</v>
       </c>
       <c r="F102">
         <v>9034396200</v>
       </c>
       <c r="G102" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="H102" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="I102" t="s">
         <v>269</v>
       </c>
       <c r="J102" t="s">
         <v>177</v>
       </c>
       <c r="K102" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B103" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C103" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D103" t="s">
         <v>38</v>
       </c>
       <c r="E103">
         <v>65233</v>
       </c>
       <c r="F103">
         <v>6608829595</v>
       </c>
       <c r="G103" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="H103" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="I103" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J103" t="s">
         <v>177</v>
       </c>
       <c r="K103" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B104" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C104" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D104" t="s">
         <v>38</v>
       </c>
       <c r="E104">
         <v>64804</v>
       </c>
       <c r="F104">
         <v>4176267767</v>
       </c>
       <c r="G104" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="H104" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="I104" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J104" t="s">
         <v>177</v>
       </c>
       <c r="K104" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B105" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C105" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D105" t="s">
         <v>140</v>
       </c>
       <c r="E105">
         <v>72802</v>
       </c>
       <c r="F105">
         <v>4798809224</v>
       </c>
       <c r="G105" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H105" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="I105" t="s">
         <v>34</v>
       </c>
       <c r="J105" t="s">
         <v>177</v>
       </c>
       <c r="K105" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B106" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C106" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D106" t="s">
         <v>140</v>
       </c>
       <c r="E106">
         <v>72019</v>
       </c>
       <c r="F106">
         <v>5017944556</v>
       </c>
       <c r="G106" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="H106" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="I106" t="s">
         <v>34</v>
       </c>
       <c r="J106" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="K106" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B107" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C107" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D107" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="E107">
         <v>71033</v>
       </c>
       <c r="F107">
         <v>3189387777</v>
       </c>
       <c r="G107" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="H107" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="I107" t="s">
         <v>17</v>
       </c>
       <c r="J107" t="s">
         <v>34</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B108" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C108" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D108" t="s">
         <v>146</v>
       </c>
       <c r="E108">
         <v>27542</v>
       </c>
       <c r="F108">
         <v>9192840415</v>
       </c>
       <c r="G108" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="H108" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="I108" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J108" t="s">
         <v>177</v>
       </c>
       <c r="K108" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B109" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C109" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D109" t="s">
         <v>77</v>
       </c>
       <c r="E109">
         <v>45005</v>
       </c>
       <c r="F109">
         <v>9377469270</v>
       </c>
       <c r="G109" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H109" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="I109" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J109" t="s">
         <v>177</v>
       </c>
       <c r="K109" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B110" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C110" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D110" t="s">
         <v>134</v>
       </c>
       <c r="E110">
         <v>30179</v>
       </c>
       <c r="F110">
         <v>7705628283</v>
       </c>
       <c r="G110" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="H110" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="I110" t="s">
         <v>17</v>
       </c>
       <c r="J110" t="s">
         <v>177</v>
       </c>
       <c r="K110" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B111" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C111" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D111" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E111">
         <v>35405</v>
       </c>
       <c r="F111">
         <v>2056332111</v>
       </c>
       <c r="G111" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="H111" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="I111" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="J111" t="s">
         <v>177</v>
       </c>
       <c r="K111" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B112" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C112" t="s">
         <v>162</v>
       </c>
       <c r="D112" t="s">
         <v>117</v>
       </c>
       <c r="E112">
         <v>39204</v>
       </c>
       <c r="F112">
         <v>6019696667</v>
       </c>
       <c r="G112" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="H112" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="I112" t="s">
+        <v>17</v>
+      </c>
+      <c r="J112" t="s">
         <v>34</v>
       </c>
-      <c r="J112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K112" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B113" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C113" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D113" t="s">
         <v>117</v>
       </c>
       <c r="E113">
         <v>39503</v>
       </c>
       <c r="F113">
         <v>2288228747</v>
       </c>
       <c r="G113" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="H113" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="I113" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J113" t="s">
         <v>177</v>
       </c>
       <c r="K113" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B114" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C114" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D114" t="s">
         <v>14</v>
       </c>
       <c r="E114">
         <v>29018</v>
       </c>
       <c r="F114">
         <v>8038292657</v>
       </c>
       <c r="G114" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="H114" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="I114" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J114" t="s">
         <v>177</v>
       </c>
       <c r="K114" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B115" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C115" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D115" t="s">
         <v>134</v>
       </c>
       <c r="E115">
         <v>31407</v>
       </c>
       <c r="F115">
         <v>9129662271</v>
       </c>
       <c r="G115" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="H115" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="I115" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J115" t="s">
         <v>177</v>
       </c>
       <c r="K115" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B116" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C116" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="D116" t="s">
         <v>77</v>
       </c>
       <c r="E116">
         <v>44515</v>
       </c>
       <c r="F116">
         <v>3305441126</v>
       </c>
       <c r="G116" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="H116" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="I116" t="s">
         <v>34</v>
       </c>
       <c r="J116" t="s">
         <v>177</v>
       </c>
       <c r="K116" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B117" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C117" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D117" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E117">
         <v>52773</v>
       </c>
       <c r="F117">
         <v>5632844265</v>
       </c>
       <c r="G117" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H117" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="I117" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J117" t="s">
         <v>177</v>
       </c>
       <c r="K117" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B118" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C118" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D118" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E118">
         <v>50323</v>
       </c>
       <c r="F118">
         <v>5152762272</v>
       </c>
       <c r="G118" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="H118" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="I118" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J118" t="s">
         <v>177</v>
       </c>
       <c r="K118" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B119" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C119" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D119" t="s">
         <v>84</v>
       </c>
       <c r="E119">
         <v>62401</v>
       </c>
       <c r="F119">
         <v>2178571760</v>
       </c>
       <c r="G119" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="H119" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="I119" t="s">
-        <v>496</v>
+        <v>404</v>
       </c>
       <c r="J119" t="s">
         <v>177</v>
       </c>
       <c r="K119" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B120" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C120" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D120" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E120">
         <v>42262</v>
       </c>
       <c r="F120">
         <v>2706409812</v>
       </c>
       <c r="G120" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="H120" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="I120" t="s">
         <v>34</v>
       </c>
       <c r="J120" t="s">
         <v>177</v>
       </c>
       <c r="K120" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B121" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C121" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D121" t="s">
         <v>38</v>
       </c>
       <c r="E121">
         <v>63867</v>
       </c>
       <c r="F121">
         <v>5734722298</v>
       </c>
       <c r="G121" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="H121" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="I121" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J121" t="s">
         <v>177</v>
       </c>
       <c r="K121" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B122" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C122" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D122" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E122">
         <v>40324</v>
       </c>
       <c r="F122">
         <v>5028634069</v>
       </c>
       <c r="G122" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H122" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="I122" t="s">
         <v>17</v>
       </c>
       <c r="J122" t="s">
         <v>41</v>
       </c>
       <c r="K122" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B123" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C123" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D123" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E123">
         <v>42740</v>
       </c>
       <c r="F123">
         <v>2703690180</v>
       </c>
       <c r="G123" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H123" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I123" t="s">
         <v>95</v>
       </c>
       <c r="J123" t="s">
         <v>177</v>
       </c>
       <c r="K123" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B124" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C124" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D124" t="s">
         <v>77</v>
       </c>
       <c r="E124">
         <v>43074</v>
       </c>
       <c r="F124">
         <v>7409653540</v>
       </c>
       <c r="G124" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="H124" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="I124" t="s">
         <v>34</v>
       </c>
       <c r="J124" t="s">
         <v>177</v>
       </c>
       <c r="K124" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B125" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C125" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D125" t="s">
         <v>111</v>
       </c>
       <c r="E125">
         <v>37090</v>
       </c>
       <c r="F125">
         <v>6154490004</v>
       </c>
       <c r="G125" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="H125" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="I125" t="s">
         <v>17</v>
       </c>
       <c r="J125" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="K125" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="B126" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C126" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D126" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E126">
         <v>17112</v>
       </c>
       <c r="F126">
         <v>7179964999</v>
       </c>
       <c r="G126" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H126" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="I126" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="J126" t="s">
         <v>177</v>
       </c>
       <c r="K126" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="B127" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C127" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D127" t="s">
         <v>77</v>
       </c>
       <c r="E127">
         <v>45808</v>
       </c>
       <c r="F127">
         <v>4196438273</v>
       </c>
       <c r="G127" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H127" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="I127" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J127" t="s">
         <v>177</v>
       </c>
       <c r="K127" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B128" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C128" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D128" t="s">
         <v>134</v>
       </c>
       <c r="E128">
         <v>30721</v>
       </c>
       <c r="F128">
         <v>7062720673</v>
       </c>
       <c r="G128" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="H128" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="I128" t="s">
         <v>34</v>
       </c>
       <c r="J128" t="s">
         <v>177</v>
       </c>
       <c r="K128" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B129" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C129" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D129" t="s">
         <v>134</v>
       </c>
       <c r="E129">
         <v>31601</v>
       </c>
       <c r="F129">
         <v>2292443179</v>
       </c>
       <c r="G129" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="H129" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="I129" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J129" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="K129" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B130" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C130" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D130" t="s">
         <v>111</v>
       </c>
       <c r="E130">
         <v>37725</v>
       </c>
       <c r="F130">
         <v>8653971427</v>
       </c>
       <c r="G130" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="H130" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="I130" t="s">
-        <v>184</v>
+        <v>268</v>
       </c>
       <c r="J130" t="s">
-        <v>177</v>
+        <v>736</v>
       </c>
       <c r="K130" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B131" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C131" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D131" t="s">
         <v>123</v>
       </c>
       <c r="E131">
         <v>46406</v>
       </c>
       <c r="F131">
         <v>2198445614</v>
       </c>
       <c r="G131" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="H131" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="I131" t="s">
         <v>34</v>
       </c>
       <c r="J131" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="K131" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B132" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C132" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D132" t="s">
         <v>123</v>
       </c>
       <c r="E132">
         <v>46184</v>
       </c>
       <c r="F132">
         <v>3175350298</v>
       </c>
       <c r="G132" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="H132" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="I132" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="J132" t="s">
         <v>177</v>
       </c>
       <c r="K132" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B133" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C133" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D133" t="s">
         <v>84</v>
       </c>
       <c r="E133">
         <v>61080</v>
       </c>
       <c r="F133">
         <v>8153898222</v>
       </c>
       <c r="G133" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="H133" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="I133" t="s">
-        <v>184</v>
+        <v>95</v>
       </c>
       <c r="J133" t="s">
         <v>177</v>
       </c>
       <c r="K133" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B134" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C134" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D134" t="s">
         <v>22</v>
       </c>
       <c r="E134">
         <v>75570</v>
       </c>
       <c r="F134" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="G134" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="H134" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="I134" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="J134" t="s">
         <v>177</v>
       </c>
       <c r="K134" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11">
+      <c r="A135" t="s">
+        <v>758</v>
+      </c>
+      <c r="B135" t="s">
+        <v>759</v>
+      </c>
+      <c r="C135" t="s">
+        <v>760</v>
+      </c>
+      <c r="D135" t="s">
+        <v>105</v>
+      </c>
+      <c r="E135">
+        <v>85043</v>
+      </c>
+      <c r="F135" t="s">
+        <v>761</v>
+      </c>
+      <c r="G135" t="s">
+        <v>762</v>
+      </c>
+      <c r="H135" t="s">
+        <v>763</v>
+      </c>
+      <c r="I135" t="s">
+        <v>764</v>
+      </c>
+      <c r="J135" t="s">
+        <v>177</v>
+      </c>
+      <c r="K135" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11">
+      <c r="A136" t="s">
+        <v>765</v>
+      </c>
+      <c r="B136" t="s">
+        <v>766</v>
+      </c>
+      <c r="C136" t="s">
+        <v>767</v>
+      </c>
+      <c r="D136" t="s">
+        <v>768</v>
+      </c>
+      <c r="E136">
+        <v>97850</v>
+      </c>
+      <c r="F136" t="s">
+        <v>769</v>
+      </c>
+      <c r="G136" t="s">
+        <v>770</v>
+      </c>
+      <c r="H136" t="s">
+        <v>771</v>
+      </c>
+      <c r="I136" t="s">
+        <v>26</v>
+      </c>
+      <c r="J136" t="s">
+        <v>177</v>
+      </c>
+      <c r="K136" t="s">
         <v>177</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>